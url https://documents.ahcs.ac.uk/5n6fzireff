--- v0 (2025-10-06)
+++ v1 (2025-12-10)
@@ -1,29325 +1,18610 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
+  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="32C52B7B" w14:textId="77777777" w:rsidR="00C8272D" w:rsidRDefault="00C8272D"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="2952089F" w14:textId="77777777" w:rsidR="00C8272D" w:rsidRDefault="00C8272D"/>
+    <w:p w14:paraId="32C52B7B" w14:textId="77777777" w:rsidR="00C8272D" w:rsidRPr="00301D82" w:rsidRDefault="00C8272D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B1F6AEA" w14:textId="77777777" w:rsidR="00C8272D" w:rsidRPr="00301D82" w:rsidRDefault="00C8272D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2952089F" w14:textId="77777777" w:rsidR="00C8272D" w:rsidRPr="00301D82" w:rsidRDefault="00C8272D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="9548"/>
         <w:tblW w:w="7480" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2157"/>
         <w:gridCol w:w="5323"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F57173" w14:paraId="77A0ADCF" w14:textId="77777777" w:rsidTr="00F57173">
+      <w:tr w:rsidR="00F57173" w:rsidRPr="00301D82" w14:paraId="77A0ADCF" w14:textId="77777777" w:rsidTr="00F57173">
         <w:trPr>
           <w:trHeight w:val="358"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2157" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B2B0FED" w14:textId="77777777" w:rsidR="00F57173" w:rsidRPr="00C8272D" w:rsidRDefault="00F57173" w:rsidP="00F57173">
+          <w:p w14:paraId="1B2B0FED" w14:textId="77777777" w:rsidR="00F57173" w:rsidRPr="00301D82" w:rsidRDefault="00F57173" w:rsidP="00F57173">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C8272D">
+            <w:r w:rsidRPr="00301D82">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Version:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5323" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E0EC4CC" w14:textId="662A6D55" w:rsidR="00F57173" w:rsidRPr="00BE6E5E" w:rsidRDefault="00337DEB" w:rsidP="00F57173">
+          <w:p w14:paraId="5E0EC4CC" w14:textId="10985C43" w:rsidR="00F57173" w:rsidRPr="009E0C25" w:rsidRDefault="009E0C25" w:rsidP="00F57173">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>3.0</w:t>
+              <w:t>3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F57173" w14:paraId="44B808BB" w14:textId="77777777" w:rsidTr="00F57173">
+      <w:tr w:rsidR="00F57173" w:rsidRPr="00301D82" w14:paraId="44B808BB" w14:textId="77777777" w:rsidTr="00F57173">
         <w:trPr>
           <w:trHeight w:val="358"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2157" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A38C706" w14:textId="77777777" w:rsidR="00F57173" w:rsidRPr="00C8272D" w:rsidRDefault="00F57173" w:rsidP="00F57173">
+          <w:p w14:paraId="6A38C706" w14:textId="77777777" w:rsidR="00F57173" w:rsidRPr="00301D82" w:rsidRDefault="00F57173" w:rsidP="00F57173">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C8272D">
+            <w:r w:rsidRPr="00301D82">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5323" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F380F84" w14:textId="08676333" w:rsidR="00F57173" w:rsidRPr="00BE6E5E" w:rsidRDefault="00337DEB" w:rsidP="00F57173">
+          <w:p w14:paraId="1F380F84" w14:textId="06F53363" w:rsidR="00F57173" w:rsidRPr="009E0C25" w:rsidRDefault="00D239C4" w:rsidP="00F57173">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>May 2023</w:t>
+              <w:t>December</w:t>
+            </w:r>
+            <w:r w:rsidR="002B1965" w:rsidRPr="009E0C25">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F57173" w14:paraId="1256CAEC" w14:textId="77777777" w:rsidTr="00F57173">
+      <w:tr w:rsidR="00F57173" w:rsidRPr="00301D82" w14:paraId="1256CAEC" w14:textId="77777777" w:rsidTr="00F57173">
         <w:trPr>
           <w:trHeight w:val="358"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2157" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6333B63D" w14:textId="77777777" w:rsidR="00F57173" w:rsidRPr="00C8272D" w:rsidRDefault="00F57173" w:rsidP="00F57173">
+          <w:p w14:paraId="6333B63D" w14:textId="77777777" w:rsidR="00F57173" w:rsidRPr="00301D82" w:rsidRDefault="00F57173" w:rsidP="00F57173">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C8272D">
+            <w:r w:rsidRPr="00301D82">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Doc Ref:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5323" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51E326DD" w14:textId="0EE60F66" w:rsidR="00F57173" w:rsidRPr="00BE6E5E" w:rsidRDefault="00337DEB" w:rsidP="00F57173">
+          <w:p w14:paraId="51E326DD" w14:textId="0EE60F66" w:rsidR="00F57173" w:rsidRPr="009E0C25" w:rsidRDefault="00337DEB" w:rsidP="00F57173">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009E0C25">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>#CRP022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F57173" w14:paraId="1C1C2734" w14:textId="77777777" w:rsidTr="00F57173">
+      <w:tr w:rsidR="00F57173" w:rsidRPr="00301D82" w14:paraId="1C1C2734" w14:textId="77777777" w:rsidTr="00F57173">
         <w:trPr>
           <w:trHeight w:val="342"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2157" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26B38306" w14:textId="77777777" w:rsidR="00F57173" w:rsidRPr="00C8272D" w:rsidRDefault="00F57173" w:rsidP="00F57173">
+          <w:p w14:paraId="26B38306" w14:textId="77777777" w:rsidR="00F57173" w:rsidRPr="00301D82" w:rsidRDefault="00F57173" w:rsidP="00F57173">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C8272D">
+            <w:r w:rsidRPr="00301D82">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Review date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5323" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FB63500" w14:textId="1906568F" w:rsidR="00F57173" w:rsidRPr="00BE6E5E" w:rsidRDefault="00337DEB" w:rsidP="00F57173">
+          <w:p w14:paraId="4FB63500" w14:textId="1BED905E" w:rsidR="00F57173" w:rsidRPr="009E0C25" w:rsidRDefault="00D239C4" w:rsidP="00F57173">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>May 2026</w:t>
+              <w:t xml:space="preserve">December </w:t>
+            </w:r>
+            <w:r w:rsidR="00337DEB" w:rsidRPr="009E0C25">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00365BBB" w:rsidRPr="009E0C25">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="61D45B83" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="61D45B83" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AAFBC29" w14:textId="4FB4B018" w:rsidR="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
-      <w:pPr>
+    <w:p w14:paraId="0AAFBC29" w14:textId="4FB4B018" w:rsidR="00337DEB" w:rsidRPr="009E0C25" w:rsidRDefault="00337DEB" w:rsidP="009E0C25">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0C25">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Experienced Practitioner Gateway to CRP Registration</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E588758" w14:textId="3A2C4736" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
-      <w:pPr>
+    <w:p w14:paraId="0E588758" w14:textId="3A2C4736" w:rsidR="00337DEB" w:rsidRPr="009E0C25" w:rsidRDefault="00337DEB" w:rsidP="009E0C25">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0C25">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Eligibility Form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44B8EA25" w14:textId="5561A31A" w:rsidR="00D41B85" w:rsidRPr="002E7ED1" w:rsidRDefault="00C8272D" w:rsidP="002E7ED1">
+    <w:p w14:paraId="44B8EA25" w14:textId="5561A31A" w:rsidR="00D41B85" w:rsidRPr="00301D82" w:rsidRDefault="00C8272D" w:rsidP="002E7ED1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D41B85">
-        <w:rPr>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="96"/>
           <w:szCs w:val="96"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="247DC694" wp14:editId="1B82BEC8">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="247DC694" wp14:editId="3E594D90">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>7620</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7559675" cy="10691495"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1479477868" name="Picture 1479477868" descr="Icon&#10;&#10;Description automatically generated"/>
+            <wp:docPr id="1479477868" name="Picture 1479477868" descr="Decorative image"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="4" name="Picture 4" descr="Icon&#10;&#10;Description automatically generated"/>
+                    <pic:cNvPr id="1479477868" name="Picture 1479477868" descr="Decorative image"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7559675" cy="10691495"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00D41B85">
-        <w:rPr>
+      <w:r w:rsidR="00D41B85" w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="120"/>
           <w:szCs w:val="120"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61496923" w14:textId="77777777" w:rsidR="00C8272D" w:rsidRDefault="00C8272D">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="61496923" w14:textId="77777777" w:rsidR="00C8272D" w:rsidRPr="00301D82" w:rsidRDefault="00C8272D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="120"/>
           <w:szCs w:val="120"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="120"/>
           <w:szCs w:val="120"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="636CC2F2" w14:textId="61A97CC8" w:rsidR="00C8272D" w:rsidRDefault="00C8272D">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="636CC2F2" w14:textId="61A97CC8" w:rsidR="00C8272D" w:rsidRPr="00301D82" w:rsidRDefault="00C8272D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E24EB15" wp14:editId="40BDA693">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E24EB15" wp14:editId="3D1BAF1B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:align>top</wp:align>
             </wp:positionV>
             <wp:extent cx="7559675" cy="10691495"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="553352303" name="Picture 553352303" descr="Icon&#10;&#10;Description automatically generated"/>
+            <wp:docPr id="553352303" name="Picture 553352303" descr="Decorative image"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="4" name="Picture 4" descr="Icon&#10;&#10;Description automatically generated"/>
+                    <pic:cNvPr id="553352303" name="Picture 553352303" descr="Decorative image"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7559675" cy="10691495"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="2020"/>
         <w:tblW w:w="9209" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1687"/>
         <w:gridCol w:w="3501"/>
         <w:gridCol w:w="2176"/>
         <w:gridCol w:w="1845"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E7ED1" w14:paraId="6F7B5CB0" w14:textId="77777777" w:rsidTr="002E7ED1">
+      <w:tr w:rsidR="002E7ED1" w:rsidRPr="00301D82" w14:paraId="6F7B5CB0" w14:textId="77777777" w:rsidTr="002E7ED1">
         <w:trPr>
           <w:trHeight w:val="598"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1687" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2F5496" w:themeFill="accent1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29E10B9E" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00B528A9" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
+          <w:p w14:paraId="29E10B9E" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00301D82" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:right="102"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Version number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3501" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2F5496" w:themeFill="accent1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39877E12" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00B528A9" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
+          <w:p w14:paraId="39877E12" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00301D82" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:right="552"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">           Purpose/Change</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2176" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2F5496" w:themeFill="accent1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DFC51EE" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00B528A9" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
+          <w:p w14:paraId="1DFC51EE" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00301D82" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:right="456"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">       Author</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2F5496" w:themeFill="accent1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73DFE5AF" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00B528A9" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
+          <w:p w14:paraId="73DFE5AF" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00301D82" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="274" w:right="308" w:hanging="274"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">    Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E7ED1" w14:paraId="2E1DF866" w14:textId="77777777" w:rsidTr="002E7ED1">
+      <w:tr w:rsidR="002E7ED1" w:rsidRPr="00301D82" w14:paraId="2E1DF866" w14:textId="77777777" w:rsidTr="002E7ED1">
         <w:trPr>
           <w:trHeight w:val="598"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1687" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A9FBE5A" w14:textId="40E030CD" w:rsidR="002E7ED1" w:rsidRPr="00065A91" w:rsidRDefault="00337DEB" w:rsidP="002E7ED1">
+          <w:p w14:paraId="6A9FBE5A" w14:textId="40E030CD" w:rsidR="002E7ED1" w:rsidRPr="009E0C25" w:rsidRDefault="00337DEB" w:rsidP="002E7ED1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:right="14"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="009E0C25">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3501" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D566AA0" w14:textId="0B0B8458" w:rsidR="002E7ED1" w:rsidRPr="00065A91" w:rsidRDefault="00337DEB" w:rsidP="002E7ED1">
+          <w:p w14:paraId="0D566AA0" w14:textId="0B0B8458" w:rsidR="002E7ED1" w:rsidRPr="009E0C25" w:rsidRDefault="00337DEB" w:rsidP="002E7ED1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="009E0C25">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Final Document for publication</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2176" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47452D21" w14:textId="66DBD9D9" w:rsidR="002E7ED1" w:rsidRPr="00065A91" w:rsidRDefault="00337DEB" w:rsidP="002E7ED1">
+          <w:p w14:paraId="47452D21" w14:textId="66DBD9D9" w:rsidR="002E7ED1" w:rsidRPr="009E0C25" w:rsidRDefault="00337DEB" w:rsidP="002E7ED1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="009E0C25">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Milly Brittain</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43E11CE3" w14:textId="55A407BF" w:rsidR="002E7ED1" w:rsidRPr="00065A91" w:rsidRDefault="00337DEB" w:rsidP="002E7ED1">
+          <w:p w14:paraId="43E11CE3" w14:textId="55A407BF" w:rsidR="002E7ED1" w:rsidRPr="009E0C25" w:rsidRDefault="00337DEB" w:rsidP="002E7ED1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:right="-156"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="009E0C25">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>May 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E7ED1" w14:paraId="564B3072" w14:textId="77777777" w:rsidTr="002E7ED1">
+      <w:tr w:rsidR="002E7ED1" w:rsidRPr="00301D82" w14:paraId="564B3072" w14:textId="77777777" w:rsidTr="002E7ED1">
         <w:trPr>
           <w:trHeight w:val="628"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1687" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4ECF22EB" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00FD4C5E" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
+          <w:p w14:paraId="4ECF22EB" w14:textId="56A924DB" w:rsidR="002E7ED1" w:rsidRPr="009E0C25" w:rsidRDefault="009E0C25" w:rsidP="002B1965">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:ind w:right="892"/>
+              <w:ind w:right="30"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E0C25">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3501" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B7B5E3F" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00FD4C5E" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
+          <w:p w14:paraId="7B7B5E3F" w14:textId="4F0F1A46" w:rsidR="002E7ED1" w:rsidRPr="009E0C25" w:rsidRDefault="002B1965" w:rsidP="009E0C25">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:ind w:right="892"/>
+              <w:ind w:right="-15"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E0C25">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Content update</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2176" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46DB7EAA" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00FD4C5E" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
+          <w:p w14:paraId="46DB7EAA" w14:textId="289898C0" w:rsidR="002E7ED1" w:rsidRPr="009E0C25" w:rsidRDefault="002B1965" w:rsidP="002B1965">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:ind w:right="892"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1966"/>
+              </w:tabs>
+              <w:ind w:right="-111"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E0C25">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Milly Brittain</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D970943" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00FD4C5E" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
+          <w:p w14:paraId="6D970943" w14:textId="2F4B4093" w:rsidR="002E7ED1" w:rsidRPr="009E0C25" w:rsidRDefault="00D239C4" w:rsidP="002B1965">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
-              <w:ind w:right="892"/>
+              <w:ind w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">December </w:t>
+            </w:r>
+            <w:r w:rsidR="002B1965" w:rsidRPr="009E0C25">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E7ED1" w14:paraId="0D351664" w14:textId="77777777" w:rsidTr="002E7ED1">
+      <w:tr w:rsidR="002E7ED1" w:rsidRPr="00301D82" w14:paraId="0D351664" w14:textId="77777777" w:rsidTr="002E7ED1">
         <w:trPr>
           <w:trHeight w:val="598"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1687" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D8E6ED7" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00FD4C5E" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
+          <w:p w14:paraId="1D8E6ED7" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00301D82" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:right="892"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3501" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C3EF762" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00FD4C5E" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
+          <w:p w14:paraId="7C3EF762" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00301D82" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:right="892"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2176" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16A55D2B" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00FD4C5E" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
+          <w:p w14:paraId="16A55D2B" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00301D82" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:right="892"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60F40A1E" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00FD4C5E" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
+          <w:p w14:paraId="60F40A1E" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00301D82" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:right="892"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E7ED1" w14:paraId="44675274" w14:textId="77777777" w:rsidTr="002E7ED1">
+      <w:tr w:rsidR="002E7ED1" w:rsidRPr="00301D82" w14:paraId="44675274" w14:textId="77777777" w:rsidTr="002E7ED1">
         <w:trPr>
           <w:trHeight w:val="598"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1687" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48A8A69C" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00FD4C5E" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
+          <w:p w14:paraId="48A8A69C" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00301D82" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:right="892"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3501" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="090C95ED" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00FD4C5E" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
+          <w:p w14:paraId="090C95ED" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00301D82" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:right="892"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2176" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42E0641D" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00FD4C5E" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
+          <w:p w14:paraId="42E0641D" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00301D82" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:right="892"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="356D7D29" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00FD4C5E" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
+          <w:p w14:paraId="356D7D29" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00301D82" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:right="892"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E7ED1" w14:paraId="0D9AD4A0" w14:textId="77777777" w:rsidTr="002E7ED1">
+      <w:tr w:rsidR="002E7ED1" w:rsidRPr="00301D82" w14:paraId="0D9AD4A0" w14:textId="77777777" w:rsidTr="002E7ED1">
         <w:trPr>
           <w:trHeight w:val="598"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1687" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AD30DB2" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00FD4C5E" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
+          <w:p w14:paraId="4AD30DB2" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00301D82" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:right="892"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3501" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DC1528A" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00FD4C5E" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
+          <w:p w14:paraId="1DC1528A" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00301D82" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:right="892"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2176" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C8828B0" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00FD4C5E" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
+          <w:p w14:paraId="1C8828B0" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00301D82" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:right="892"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E8DB664" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00FD4C5E" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
+          <w:p w14:paraId="2E8DB664" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00301D82" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:right="892"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E7ED1" w14:paraId="112D8D5B" w14:textId="77777777" w:rsidTr="002E7ED1">
+      <w:tr w:rsidR="002E7ED1" w:rsidRPr="00301D82" w14:paraId="112D8D5B" w14:textId="77777777" w:rsidTr="002E7ED1">
         <w:trPr>
           <w:trHeight w:val="598"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1687" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07DBBDBE" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00FD4C5E" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
+          <w:p w14:paraId="07DBBDBE" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00301D82" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:right="892"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3501" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="140ADDAB" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00FD4C5E" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
+          <w:p w14:paraId="140ADDAB" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00301D82" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:right="892"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2176" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FE6B312" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00FD4C5E" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
+          <w:p w14:paraId="7FE6B312" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00301D82" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:right="892"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5070C475" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00FD4C5E" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
+          <w:p w14:paraId="5070C475" w14:textId="77777777" w:rsidR="002E7ED1" w:rsidRPr="00301D82" w:rsidRDefault="002E7ED1" w:rsidP="002E7ED1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:right="892"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="34513018" w14:textId="77777777" w:rsidR="00C8272D" w:rsidRDefault="00C8272D">
-      <w:r>
+    <w:p w14:paraId="34513018" w14:textId="77777777" w:rsidR="00C8272D" w:rsidRPr="00301D82" w:rsidRDefault="00C8272D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D98D178" w14:textId="77777777" w:rsidR="00D41B85" w:rsidRDefault="00D41B85"/>
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3D98D178" w14:textId="77777777" w:rsidR="00D41B85" w:rsidRPr="00301D82" w:rsidRDefault="00D41B85">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2170E95E" w14:textId="39FE4A4F" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B757C5B" wp14:editId="162ABF87">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B757C5B" wp14:editId="1A2D74A2">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
-              <wp:posOffset>5080</wp:posOffset>
+              <wp:align>right</wp:align>
             </wp:positionH>
-            <wp:positionV relativeFrom="margin">
-              <wp:posOffset>-861695</wp:posOffset>
+            <wp:positionV relativeFrom="page">
+              <wp:align>bottom</wp:align>
             </wp:positionV>
             <wp:extent cx="7559675" cy="10691495"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="348242836" name="Picture 348242836" descr="Icon&#10;&#10;Description automatically generated"/>
+            <wp:docPr id="348242836" name="Picture 348242836" descr="Decorative image"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="4" name="Picture 4" descr="Icon&#10;&#10;Description automatically generated"/>
+                    <pic:cNvPr id="348242836" name="Picture 348242836" descr="Decorative image"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7559675" cy="10691495"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65D43A18" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRDefault="00337DEB"/>
-[...301 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="65D43A18" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="489EB144" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
-[...161 lines deleted...]
-        <w:t>description(s).</w:t>
+    <w:p w14:paraId="431D34A3" w14:textId="7693229C" w:rsidR="008F4E90" w:rsidRPr="00B16C77" w:rsidRDefault="008F4E90" w:rsidP="008F4E90">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>INTRODUCTION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B0358AB" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="42F9ED86" w14:textId="35D4D7FB" w:rsidR="008F4E90" w:rsidRPr="00301D82" w:rsidRDefault="002B1965" w:rsidP="0D818664">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="273" w:after="0" w:line="261" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Experienced Practitioner Gateway is an exceptional access route to the Academy for Healthcare Science (AHCS) Professional Standards Authority (PSA) Accredited Register for Clinical Research Practitioners (CRPs) for CRPs with significant experience in delivery of health and care research who do not have a level 6 qualification </w:t>
+      </w:r>
+      <w:r w:rsidR="00743758" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or above </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">listed in appendix </w:t>
+      </w:r>
+      <w:r w:rsidR="00084703" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68C14BD1" w14:textId="3273A0E0" w:rsidR="002B1965" w:rsidRPr="00301D82" w:rsidRDefault="002B1965" w:rsidP="0D818664">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="273" w:after="0" w:line="261" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
-          <w:kern w:val="0"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Successful applicants need to demonstrate at least three years working at the practitioner level of the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="0D818664">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Arial"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>Skills for Health Career Framework</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> within the eligibility form. It will normally take one to two years of working in a CRP role to reach a practitioner level and standard of practice.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Further information about what this means is provided </w:t>
+      </w:r>
+      <w:r w:rsidR="002C7C0F" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in the Experienced Practitioner Gateway to Clinical Research Practitioner Registration – Guidance for Applicants, which is available on the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="002C7C0F" w:rsidRPr="0D818664">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Arial"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>AHCS website</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="32"/>
-[...8 lines deleted...]
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A6D5F3B" w14:textId="38FB32AC" w:rsidR="00337DEB" w:rsidRPr="002B7F9A" w:rsidRDefault="002B1965" w:rsidP="0D818664">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="273" w:after="0" w:line="261" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>This form will be used to establish whether</w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you</w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-1"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="32"/>
-[...8 lines deleted...]
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-1"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="32"/>
-[...8 lines deleted...]
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>eligible</w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-1"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="32"/>
-[...8 lines deleted...]
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="008F4E90" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
-          <w:spacing w:val="-1"/>
-[...1 lines deleted...]
-          <w:sz w:val="32"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apply to </w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>join the AHCS</w:t>
+      </w:r>
+      <w:r w:rsidR="008F4E90" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PSA</w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Accredited Register for CRPs.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B16C77" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="32"/>
-[...8 lines deleted...]
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>It is important that you have the support of your line manager</w:t>
+      </w:r>
+      <w:r w:rsidR="008F4E90" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
-          <w:spacing w:val="-1"/>
-[...1 lines deleted...]
-          <w:sz w:val="32"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>. They must sign this form to confirm they support your application before you submit it to the AHCS</w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C63FD9" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...2 lines deleted...]
-          <w:b/>
+      <w:bookmarkStart w:id="0" w:name="_Hlk206406362"/>
+      <w:r w:rsidR="00C63FD9" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="32"/>
-[...229 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The AHCS may contact your line manager about your application to request </w:t>
+      </w:r>
+      <w:r w:rsidR="00C63FD9" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>further information to assist in the decision-making process or to provide feedback.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="1A6D5F3B" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="095F0DB4" w14:textId="77777777" w:rsidR="00CB6346" w:rsidRPr="00C63FD9" w:rsidRDefault="008F4E90" w:rsidP="0D818664">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="236" w:after="0" w:line="261" w:lineRule="auto"/>
         <w:ind w:right="224"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
-          <w:kern w:val="0"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>If your application is successful, you should apply to join the AHCS PSA Accredited Register for CRPs within six months.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55DB4EC0" w14:textId="4E55DC15" w:rsidR="008F4E90" w:rsidRDefault="00CB6346" w:rsidP="0D818664">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="236" w:after="0" w:line="261" w:lineRule="auto"/>
+        <w:ind w:right="224"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For guidance completing this form, please visit the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="0D818664">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Arial"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>AHCS website</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, which provides </w:t>
+      </w:r>
+      <w:r w:rsidR="00D13ACB" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a guidance document and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00545023" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>anonymised</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00545023" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">completed templates. You can also speak to your </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="0D818664">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Arial"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>local CRP Engagement Lead</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:r w:rsidR="00545023" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>further help and information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008F4E90" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5682B1C6" w14:textId="1BA51995" w:rsidR="0D818664" w:rsidRDefault="0D818664" w:rsidP="593BD148">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BEAFE7B" w14:textId="2FA0EF5B" w:rsidR="37075878" w:rsidRDefault="37075878" w:rsidP="593BD148">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="1"/>
+      <w:r w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Please type your responses to each question, the AHCS is unable to accept handwritten application documents.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ACB9B4B" w14:textId="48B40F0A" w:rsidR="593BD148" w:rsidRDefault="593BD148" w:rsidP="593BD148">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="257" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="345898B8" w14:textId="64E03A32" w:rsidR="37075878" w:rsidRDefault="37075878" w:rsidP="0D818664">
+      <w:pPr>
+        <w:spacing w:line="257" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If you are asked to provide further information after submitting this form to the AHCS, please add all new content in red font to make it clear what changes have been made.</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:commentReference w:id="1"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FF82E07" w14:textId="1963A392" w:rsidR="0D818664" w:rsidRDefault="0D818664" w:rsidP="0D818664">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="236" w:after="0" w:line="261" w:lineRule="auto"/>
+        <w:ind w:right="224"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40E06164" w14:textId="467FAF57" w:rsidR="003704A4" w:rsidRDefault="003704A4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="083DB784" w14:textId="72663BE3" w:rsidR="003704A4" w:rsidRDefault="003704A4" w:rsidP="003704A4">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003704A4">
+        <w:rPr>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>CONSENT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02986D25" w14:textId="05CE7CA3" w:rsidR="001F7008" w:rsidRPr="00263C86" w:rsidRDefault="001F7008" w:rsidP="3E5C77F6">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
           <w:sz w:val="32"/>
-          <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk206427327"/>
+      <w:r w:rsidRPr="3E5C77F6">
+        <w:rPr>
           <w:b/>
-          <w:color w:val="001F5F"/>
-          <w:kern w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
           <w:sz w:val="32"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>It is important that both the applicant and their line manager read this section</w:t>
+      </w:r>
+      <w:r w:rsidR="00263C86" w:rsidRPr="3E5C77F6">
+        <w:rPr>
           <w:b/>
-          <w:color w:val="001F5F"/>
-[...1 lines deleted...]
-          <w:kern w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
           <w:sz w:val="32"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> before signing this form</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3E5C77F6">
+        <w:rPr>
           <w:b/>
-          <w:color w:val="001F5F"/>
-          <w:kern w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
           <w:sz w:val="32"/>
-          <w:lang w:val="en-US"/>
-[...152 lines deleted...]
-        <w:t>signature is required for completion of this form before submission to the AHCS.</w:t>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70EB1C5E" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="42B5EDE3" w14:textId="48B8EA83" w:rsidR="003704A4" w:rsidRPr="003704A4" w:rsidRDefault="007F37D3" w:rsidP="3E5C77F6">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="261" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId9"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk206427461"/>
+      <w:r w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Submitting </w:t>
+      </w:r>
+      <w:r w:rsidR="003704A4" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">this form </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the AHCS </w:t>
+      </w:r>
+      <w:r w:rsidR="003704A4" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>give</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="003704A4" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the AHCS permission to use the data provided for the purpose of deciding whether to allow </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7008" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the applicant </w:t>
+      </w:r>
+      <w:r w:rsidR="003704A4" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>to make an application to the AHCS PSA Accredited Register for CRPs</w:t>
+      </w:r>
+      <w:r w:rsidR="00052BF9" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the absence of holding a level 6 qualification</w:t>
+      </w:r>
+      <w:r w:rsidR="00486699" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or above</w:t>
+      </w:r>
+      <w:r w:rsidR="003704A4" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="5873FA60" w14:textId="77777777" w:rsidR="003704A4" w:rsidRPr="003704A4" w:rsidRDefault="003704A4" w:rsidP="3E5C77F6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="261" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="745917B4" w14:textId="34AFF528" w:rsidR="003704A4" w:rsidRPr="003704A4" w:rsidRDefault="003704A4" w:rsidP="3E5C77F6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="261" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This data will also be shared with the AHCS </w:t>
+      </w:r>
+      <w:r w:rsidR="006475FE" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">application </w:t>
+      </w:r>
+      <w:r w:rsidR="668F422D" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>assessors</w:t>
+      </w:r>
+      <w:r w:rsidR="006475FE" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the National Institute for Health and Care Research</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64377" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (NIHR)</w:t>
+      </w:r>
+      <w:r w:rsidR="006475FE" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Research Delivery Network </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64377" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(RDN) </w:t>
+      </w:r>
+      <w:r w:rsidR="006475FE" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as needed to assess </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7008" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="006475FE" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">application.  We may also contact </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7008" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="006475FE" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">line manager listed in this application to verify the information provided and to give feedback about </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7008" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="006475FE" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18EF44A3" w14:textId="129DD633" w:rsidR="003704A4" w:rsidRPr="003704A4" w:rsidRDefault="003704A4" w:rsidP="3E5C77F6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="261" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A17F5C3" w14:textId="53F3DC73" w:rsidR="003704A4" w:rsidRPr="003704A4" w:rsidRDefault="001F7008" w:rsidP="3E5C77F6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="261" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidR="003704A4" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personal information </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provided </w:t>
+      </w:r>
+      <w:r w:rsidR="003704A4" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will be held and used in compliance with the General Data Protection Regulation (GDPR) and the Data Protection Act 2018. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="343C364C" w14:textId="7CE23CAC" w:rsidR="003704A4" w:rsidRPr="003704A4" w:rsidRDefault="003704A4" w:rsidP="3E5C77F6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="261" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04FBD023" w14:textId="70ABA279" w:rsidR="003704A4" w:rsidRPr="003704A4" w:rsidRDefault="003704A4" w:rsidP="3E5C77F6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="261" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Under the GDPR and the Data Protection Act 2018, </w:t>
+      </w:r>
+      <w:r w:rsidR="006475FE" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>the AHCS has</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a legal duty to protect any information we collect from you. You should be aware that </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA04A9" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anonymised </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">information given to us might be shared across the </w:t>
+      </w:r>
+      <w:r w:rsidR="006475FE" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AHCS and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NIHR for statistical analysis and management purposes. </w:t>
+      </w:r>
+      <w:r w:rsidR="006475FE" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The AHCS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is committed to protecting privacy and to processing all personal information in a manner that meets the requirements of the GDPR and the Data Protection Act 2018. We will not pass your details to any third party unless you give us permission to do so. For further information please view the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="006475FE" w:rsidRPr="3E5C77F6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Arial"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>AHCS</w:t>
+        </w:r>
+        <w:r w:rsidRPr="3E5C77F6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Arial"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Privacy </w:t>
+        </w:r>
+        <w:r w:rsidR="006475FE" w:rsidRPr="3E5C77F6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Arial"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>&amp; Legal Obligations webpage</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006475FE" w:rsidRPr="3E5C77F6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="04500E3C" w14:textId="34E0CB5E" w:rsidR="003704A4" w:rsidRPr="003704A4" w:rsidRDefault="003704A4" w:rsidP="003704A4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="261" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E3EB3DF" w14:textId="77777777" w:rsidR="003704A4" w:rsidRPr="003704A4" w:rsidRDefault="003704A4" w:rsidP="003704A4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="261" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70EB1C5E" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="261" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidSect="00337DEB">
+          <w:headerReference w:type="default" r:id="rId20"/>
+          <w:footerReference w:type="default" r:id="rId21"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1340" w:right="1320" w:bottom="920" w:left="1340" w:header="708" w:footer="731" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06AC3C5C" w14:textId="775D6A14" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
-[...22 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+    <w:p w14:paraId="06AC3C5C" w14:textId="775D6A14" w:rsidR="00337DEB" w:rsidRPr="00B16C77" w:rsidRDefault="00337DEB" w:rsidP="00664E38">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ABOUT</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
           <w:spacing w:val="-12"/>
-          <w:kern w:val="0"/>
-[...3 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...6 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>YOU,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
           <w:spacing w:val="-11"/>
-          <w:kern w:val="0"/>
-[...3 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...6 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>YOUR</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
           <w:spacing w:val="-12"/>
-          <w:kern w:val="0"/>
-[...3 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...6 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>EXPERIENCE</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
           <w:spacing w:val="-11"/>
-          <w:kern w:val="0"/>
-[...3 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...6 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>AND</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
           <w:spacing w:val="-12"/>
-          <w:kern w:val="0"/>
-[...3 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...6 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>YOUR</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
           <w:spacing w:val="-5"/>
-          <w:kern w:val="0"/>
-[...3 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
           <w:spacing w:val="-2"/>
-          <w:kern w:val="0"/>
-[...3 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>EDUCATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="189452CA" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="189452CA" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk206137350"/>
     </w:p>
-    <w:p w14:paraId="0D38E029" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4620"/>
+        <w:gridCol w:w="4620"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003F466B" w:rsidRPr="00301D82" w14:paraId="55F92DFE" w14:textId="77777777" w:rsidTr="008F4E90">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AB7D0A2" w14:textId="704CB631" w:rsidR="003F466B" w:rsidRPr="00301D82" w:rsidRDefault="003F466B" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Question</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18CB9AAA" w14:textId="2E201E48" w:rsidR="003F466B" w:rsidRPr="00301D82" w:rsidRDefault="003F466B" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Response</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4E90" w:rsidRPr="00301D82" w14:paraId="7BCB0EF8" w14:textId="77777777" w:rsidTr="008F4E90">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0898AA3D" w14:textId="7A01D910" w:rsidR="008F4E90" w:rsidRPr="00A53591" w:rsidRDefault="008F4E90" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Applicant name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63C79C7B" w14:textId="77777777" w:rsidR="008F4E90" w:rsidRPr="00301D82" w:rsidRDefault="008F4E90" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="098A788E" w14:paraId="657475E0" w14:textId="77777777" w:rsidTr="098A788E">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27167008" w14:textId="3F490654" w:rsidR="35CCF4A7" w:rsidRDefault="35CCF4A7" w:rsidP="098A788E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="098A788E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AHCS ID Number </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23082531" w14:textId="348FC1D2" w:rsidR="35CCF4A7" w:rsidRDefault="35CCF4A7" w:rsidP="098A788E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="098A788E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>(5 digit number on your application portal)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17A241B1" w14:textId="1D1108DE" w:rsidR="098A788E" w:rsidRDefault="098A788E" w:rsidP="098A788E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4E90" w:rsidRPr="00301D82" w14:paraId="2EDC29AA" w14:textId="77777777" w:rsidTr="008F4E90">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="380A3CB3" w14:textId="34EB76A6" w:rsidR="008F4E90" w:rsidRPr="00A53591" w:rsidRDefault="008F4E90" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Current employing organisation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BC77B8F" w14:textId="77777777" w:rsidR="008F4E90" w:rsidRPr="00301D82" w:rsidRDefault="008F4E90" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4E90" w:rsidRPr="00301D82" w14:paraId="15BA6B02" w14:textId="77777777" w:rsidTr="008F4E90">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F373D64" w14:textId="619D4D6E" w:rsidR="008F4E90" w:rsidRPr="00A53591" w:rsidRDefault="008F4E90" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Current role title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="153B0EFB" w14:textId="77777777" w:rsidR="008F4E90" w:rsidRPr="00301D82" w:rsidRDefault="008F4E90" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4E90" w:rsidRPr="00301D82" w14:paraId="2B9A70AA" w14:textId="77777777" w:rsidTr="008F4E90">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA7EB91" w14:textId="074D1901" w:rsidR="008F4E90" w:rsidRPr="00A53591" w:rsidRDefault="008F4E90" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Current role start date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6404EA39" w14:textId="77777777" w:rsidR="008F4E90" w:rsidRPr="00301D82" w:rsidRDefault="008F4E90" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="4"/>
+    </w:tbl>
+    <w:p w14:paraId="64C01E7C" w14:textId="77777777" w:rsidR="008F4E90" w:rsidRDefault="008F4E90" w:rsidP="00337DEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:p>
+    <w:p w14:paraId="73183195" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="00B16C77" w:rsidRDefault="008F197C" w:rsidP="00B16C77">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="464E75"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="464E75"/>
+        </w:rPr>
+        <w:t>Current role duties and responsibilities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02331353" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="00301D82" w:rsidRDefault="008F197C" w:rsidP="008F197C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
-          <w:spacing w:val="-3"/>
-          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
-          <w:lang w:val="en-US"/>
-          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Please provide a description of your duties and responsibilities as a Clinical Research Practitioner. Your description should: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4991200F" w14:textId="41CB4022" w:rsidR="008F197C" w:rsidRPr="006A1671" w:rsidRDefault="008F197C" w:rsidP="0D818664">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorBidi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Demonstrate that you have been working at the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorBidi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">practitioner level of the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22">
+        <w:r w:rsidRPr="03C1E385">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:sz w:val="30"/>
+            <w:szCs w:val="30"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Skills for Health Career Framework</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="03C1E385">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorBidi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="03C1E385">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>at least three years.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk206137448"/>
+      <w:r w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorBidi"/>
           <w:color w:val="001F5F"/>
-          <w:spacing w:val="-4"/>
-          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Further information about what this means is provided </w:t>
+      </w:r>
+      <w:r w:rsidR="009E2D13" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorBidi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in the Experienced Practitioner Gateway to Clinical Research Practitioner Registration – Guidance for Applicants available on the </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="6"/>
+      <w:commentRangeStart w:id="7"/>
+      <w:commentRangeStart w:id="8"/>
+      <w:r w:rsidR="009E2D13" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorBidi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="009E2D13" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorBidi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://www.ahcs.ac.uk/registration/psa-accredited-register/clinical-research-practitioners/about-the-gateway/?_gl=1*1qs6bof*_ga*MTQyOTAxNTY3My4xNzI2NTY3ODc0*_ga_XYYDSK06V3*czE3NTQ4OTY3NDUkbzI5NCRnMSR0MTc1NDg5Njc0OCRqNTckbDAkaDA."</w:instrText>
+      </w:r>
+      <w:r w:rsidR="009E2D13" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorBidi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="009E2D13" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorBidi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="009E2D13" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorBidi"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>AHCS website</w:t>
+      </w:r>
+      <w:r w:rsidR="009E2D13" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorBidi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="009E2D13" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorBidi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="6"/>
+      <w:r w:rsidR="009E2D13">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:commentReference w:id="6"/>
+      </w:r>
+      <w:commentRangeEnd w:id="7"/>
+      <w:r w:rsidR="00981FC0">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:commentReference w:id="7"/>
+      </w:r>
+      <w:commentRangeEnd w:id="8"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:commentReference w:id="8"/>
+      </w:r>
+      <w:r w:rsidR="00084703" w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>We expect that most CRPs working at this level will undertake some or all of the tasks described there.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="5F87CB6B" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="006A1671" w:rsidRDefault="008F197C" w:rsidP="008F197C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="273" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="30"/>
+        </w:rPr>
+        <w:t>You can provide examples of descriptions from other relevant jobs you have had in the past five years if needed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7793BE41" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="006A1671" w:rsidRDefault="008F197C" w:rsidP="0D818664">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="273" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0D818664">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>Explain how you have developed yourself to work at this level of practice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79F6C383" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="00301D82" w:rsidRDefault="008F197C" w:rsidP="008F197C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="001F5F"/>
           <w:sz w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="59FC3107" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="13555FA3" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="00301D82" w:rsidRDefault="008F197C" w:rsidP="008F197C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Please do not cut and paste the list of activities from your job description. The AHCS and the people reviewing the application form need to understand what you do on a daily and regular basis, i.e., how you translate your job description into practice. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F660BAF" w14:textId="3BEC2156" w:rsidR="008F197C" w:rsidRDefault="002A546C" w:rsidP="008F197C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A546C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your answer to this question must be between </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A546C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>200 and 500 words</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A546C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, regardless of how many jobs you discuss.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F197C" w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidR="00084703">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>example</w:t>
+      </w:r>
+      <w:r w:rsidR="008F197C" w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, if you have multiple roles to discuss in this section, your whole answer needs to be no more than 500 words long.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3AF1B2DC" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="62B273FA" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="00301D82" w:rsidRDefault="008F197C" w:rsidP="00337DEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00337DEB">
-[...2849 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="9" w:name="_Hlk206137519"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="110" w:type="dxa"/>
-[...13 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2254"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2255"/>
+        <w:gridCol w:w="9240"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00337DEB" w:rsidRPr="00337DEB" w14:paraId="5F08C5C6" w14:textId="77777777" w:rsidTr="0005739E">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="003F466B" w:rsidRPr="00301D82" w14:paraId="78363AA1" w14:textId="77777777" w:rsidTr="5A725F95">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2254" w:type="dxa"/>
+            <w:tcW w:w="9240" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B181496" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
-[...7 lines deleted...]
-                <w:kern w:val="0"/>
+          <w:p w14:paraId="2C322422" w14:textId="77777777" w:rsidR="003F466B" w:rsidRPr="00301D82" w:rsidRDefault="003F466B" w:rsidP="003F466B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3599C6D1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial"/>
+                <w:b/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Response:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F72039A" w14:textId="77777777" w:rsidR="00EE1153" w:rsidRPr="002A546C" w:rsidRDefault="00EE1153" w:rsidP="003F466B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
                 <w:sz w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...531 lines deleted...]
-              <w:t xml:space="preserve"> above</w:t>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="403CD14D" w14:textId="0E351F5F" w:rsidR="00EE1153" w:rsidRPr="00301D82" w:rsidRDefault="42F13E9D" w:rsidP="5A725F95">
+            <w:pPr>
+              <w:bidi/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5A725F95">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Number of words</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7EC3BA38" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
-[...17 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w14:paraId="57423A54" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="00B16C77" w:rsidRDefault="008F197C" w:rsidP="00B16C77">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="464E75"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="464E75"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Employment history</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="35CBEED4" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
-[...13 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="22C49CBB" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="00301D82" w:rsidRDefault="008F197C" w:rsidP="008F197C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please list the clinical research roles that you have held in the last 10 years, including role titles, employing organisations and approximate start/end dates, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in chronological order. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Please include all relevant roles that have formed part of your clinical research experience.</w:t>
+      </w:r>
     </w:p>
-    <w:tbl>
-[...382 lines deleted...]
-    <w:p w14:paraId="0B3D5549" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="2DF65F9F" w14:textId="1FE4EB43" w:rsidR="008F197C" w:rsidRDefault="008F197C" w:rsidP="008F197C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="230" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="224"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>* - Please only include key responsibilities relating to your clinical research practitioner</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An example is outlined </w:t>
+      </w:r>
+      <w:r w:rsidR="003A3BDC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in italics </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">below (Please remove this example </w:t>
+      </w:r>
+      <w:r w:rsidR="00B16C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">before </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>you upload your completed form): </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="_Hlk206137593"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2266"/>
+        <w:gridCol w:w="2278"/>
+        <w:gridCol w:w="2279"/>
+        <w:gridCol w:w="2417"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008F197C" w:rsidRPr="00301D82" w14:paraId="02722CD2" w14:textId="77777777" w:rsidTr="5671F4FC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77166E0C" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="00365BBB" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00365BBB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Date (month / year) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3288B274" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="00365BBB" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00365BBB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Employer name </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2279" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4132DBCA" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="00301D82" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Job role</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5726B171" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="00301D82" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Key responsibilities*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F197C" w:rsidRPr="00301D82" w14:paraId="76B29EE2" w14:textId="77777777" w:rsidTr="5671F4FC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="712E35EC" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="008E7C5A" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E7C5A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>February 2017 – Present</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14D7A370" w14:textId="1A0E4290" w:rsidR="008F197C" w:rsidRPr="008E7C5A" w:rsidRDefault="008F197C" w:rsidP="5671F4FC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5671F4FC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>NHS Foundation Trust</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2279" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FA5BE1B" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="008E7C5A" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E7C5A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clinical Research Practitioner</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="047AD10D" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="008E7C5A" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E7C5A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>See above</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F197C" w:rsidRPr="00301D82" w14:paraId="44DCE368" w14:textId="77777777" w:rsidTr="5671F4FC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D864906" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="008E7C5A" w:rsidRDefault="008F197C" w:rsidP="009D4025">
+            <w:pPr>
+              <w:ind w:right="185"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E7C5A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>November</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E7C5A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="001F5F"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E7C5A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2013</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E7C5A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="001F5F"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63AC4E02" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="008E7C5A" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E7C5A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>February</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E7C5A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="001F5F"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E7C5A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="001F5F"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="643992F8" w14:textId="64C64492" w:rsidR="008F197C" w:rsidRPr="008E7C5A" w:rsidRDefault="008F197C" w:rsidP="5671F4FC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5671F4FC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>NHS Foundation Trust</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2279" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FC811AF" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="008E7C5A" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E7C5A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clinical</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E7C5A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="001F5F"/>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E7C5A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Research Trails Assistant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="095B1509" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="008E7C5A" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:ind w:right="111"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E7C5A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I was responsible for identifying and screening</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E7C5A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="001F5F"/>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E7C5A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">potential patients for clinical trials, discussing clinical trials with </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E7C5A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="001F5F"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">potential participants, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E7C5A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>receiving informed consent from participants and setting up clinical</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06429F10" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="008E7C5A" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E7C5A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="001F5F"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>trials.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F197C" w:rsidRPr="00301D82" w14:paraId="31D911C6" w14:textId="77777777" w:rsidTr="5671F4FC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="690CE844" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="002A546C" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F377097" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="002A546C" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2279" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CE71C4E" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="002A546C" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4935D92B" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="002A546C" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F197C" w:rsidRPr="00301D82" w14:paraId="7D64DA79" w14:textId="77777777" w:rsidTr="5671F4FC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F8BB9E2" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="002A546C" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E6714F3" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="002A546C" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2279" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="339BA63D" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="002A546C" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75454494" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="002A546C" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F197C" w:rsidRPr="00301D82" w14:paraId="5A3E4C86" w14:textId="77777777" w:rsidTr="5671F4FC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="211E45C6" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="002A546C" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21679379" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="002A546C" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2279" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D915AEE" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="002A546C" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C5A2B5C" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="002A546C" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F197C" w:rsidRPr="00301D82" w14:paraId="6CEC4F36" w14:textId="77777777" w:rsidTr="5671F4FC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="230AA44C" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="002A546C" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A4DB57F" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="002A546C" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2279" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4238CAB0" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="002A546C" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17C49DF4" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="002A546C" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F197C" w:rsidRPr="00301D82" w14:paraId="36F3134E" w14:textId="77777777" w:rsidTr="5671F4FC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40A7C5F3" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="002A546C" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F61D483" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="002A546C" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2279" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6722B29A" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="002A546C" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="392AB874" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="002A546C" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F197C" w:rsidRPr="00301D82" w14:paraId="03136E5F" w14:textId="77777777" w:rsidTr="5671F4FC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2266" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26387705" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="002A546C" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2278" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F3AD2EE" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="002A546C" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2279" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EBAE5AD" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="002A546C" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="130A094C" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="002A546C" w:rsidRDefault="008F197C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="10"/>
+    </w:tbl>
+    <w:p w14:paraId="4006CBAD" w14:textId="77777777" w:rsidR="008F197C" w:rsidRDefault="008F197C" w:rsidP="00337DEB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="230" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="224"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B3D5549" w14:textId="471F85B4" w:rsidR="00576870" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="230" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="224"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>* Please only include key responsibilities relating to your clinical research practitioner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>role.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>If</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>you</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>have</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>been</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>your</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>current</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>role</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>for less</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>than</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>three</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>years,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-5"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>you need to provide details of your previous role (s) and submit the associated job description (s).</w:t>
+        <w:t>you need to provide details of your previous role</w:t>
+      </w:r>
+      <w:r w:rsidR="003A3BDC" w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>s) and</w:t>
+      </w:r>
+      <w:r w:rsidR="564803FF" w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, if possible,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> submit the associated job description(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="008E7C5A" w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on headed paper</w:t>
+      </w:r>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AFD98A0" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="5DD45764" w14:textId="77777777" w:rsidR="00576870" w:rsidRDefault="00576870">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AFD98A0" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DD51A6C" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4620"/>
+        <w:gridCol w:w="4620"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005D279D" w:rsidRPr="00576870" w14:paraId="59D6CAAE" w14:textId="77777777" w:rsidTr="00656B27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64ED6D8C" w14:textId="77777777" w:rsidR="005D279D" w:rsidRPr="00576870" w:rsidRDefault="005D279D" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="_Hlk206137639"/>
+            <w:r w:rsidRPr="00576870">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Question</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="039081F8" w14:textId="284BD275" w:rsidR="005D279D" w:rsidRPr="00576870" w:rsidRDefault="005D279D" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00576870">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Response</w:t>
+            </w:r>
+            <w:r w:rsidR="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (in months and years)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D279D" w:rsidRPr="00576870" w14:paraId="3C8E4C0C" w14:textId="77777777" w:rsidTr="00656B27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C92B942" w14:textId="77777777" w:rsidR="005D279D" w:rsidRDefault="005D279D" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B16C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ength of time working at Practitioner level of the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="00A53591">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:t>Skills for Health Career Framework</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. This must be </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B16C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>at least three years</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and should not include the time it took you to develop to this level</w:t>
+            </w:r>
+            <w:r w:rsidR="00B16C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="202A48E8" w14:textId="5C06410A" w:rsidR="00B16C77" w:rsidRPr="00A53591" w:rsidRDefault="00B16C77" w:rsidP="00B16C77">
+            <w:pPr>
+              <w:spacing w:before="273"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B16C77">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="30"/>
+              </w:rPr>
+              <w:t>Further information about what this means is provided</w:t>
+            </w:r>
+            <w:r w:rsidR="009E2D13" w:rsidRPr="009E2D13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in the Experienced Practitioner Gateway to Clinical Research Practitioner Registration – Guidance for Applicants available on the </w:t>
+            </w:r>
+            <w:commentRangeStart w:id="12"/>
+            <w:r w:rsidR="009E2D13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="30"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009E2D13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="30"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK "https://www.ahcs.ac.uk/registration/psa-accredited-register/clinical-research-practitioners/about-the-gateway/?_gl=1*1qs6bof*_ga*MTQyOTAxNTY3My4xNzI2NTY3ODc0*_ga_XYYDSK06V3*czE3NTQ4OTY3NDUkbzI5NCRnMSR0MTc1NDg5Njc0OCRqNTckbDAkaDA."</w:instrText>
+            </w:r>
+            <w:r w:rsidR="009E2D13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="30"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009E2D13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="30"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="009E2D13" w:rsidRPr="009E2D13">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="30"/>
+              </w:rPr>
+              <w:t>AHCS website</w:t>
+            </w:r>
+            <w:r w:rsidR="009E2D13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="30"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="009E2D13" w:rsidRPr="009E2D13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:commentRangeEnd w:id="12"/>
+            <w:r w:rsidR="009E2D13">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:commentReference w:id="12"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="113BC201" w14:textId="77777777" w:rsidR="005D279D" w:rsidRPr="002A546C" w:rsidRDefault="005D279D" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="11"/>
+    </w:tbl>
+    <w:p w14:paraId="7DD51A6C" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73639B71" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="0EA246ED" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="00B16C77" w:rsidRDefault="008F197C" w:rsidP="00B16C77">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="464E75"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="464E75"/>
+        </w:rPr>
+        <w:t>Highest level of educational attainment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64AAFC69" w14:textId="2AD633D5" w:rsidR="008F197C" w:rsidRPr="00576870" w:rsidRDefault="008F197C" w:rsidP="00337DEB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00576870">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Please enter information about your highest academic level qualification in the sections below. Please only include qualifications that are relevant to your research role. This section can be left blank if you do not have any academic qualifications relevant to your research role. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="_Hlk206137701"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9240" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1865"/>
+        <w:gridCol w:w="1815"/>
+        <w:gridCol w:w="1749"/>
+        <w:gridCol w:w="2033"/>
+        <w:gridCol w:w="1778"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B16C77" w:rsidRPr="00301D82" w14:paraId="07AB3E2E" w14:textId="5B4B74F1" w:rsidTr="593BD148">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1865" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39862FEE" w14:textId="11E9618D" w:rsidR="00B16C77" w:rsidRPr="00576870" w:rsidRDefault="00B16C77" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00576870">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Qualification level**: (i.e. Level 4, Level 5.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1815" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BE9A05D" w14:textId="6D5FA232" w:rsidR="00B16C77" w:rsidRPr="00576870" w:rsidRDefault="00B16C77" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00576870">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Qualification name(s):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DAFEF14" w14:textId="658A896C" w:rsidR="00B16C77" w:rsidRPr="00576870" w:rsidRDefault="00B16C77" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Qualification subject(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2033" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CBA06FE" w14:textId="6DF22630" w:rsidR="00B16C77" w:rsidRPr="00576870" w:rsidRDefault="00B16C77" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00576870">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Month and year qualification(s) were awarded</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1778" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78D22294" w14:textId="787FA8AC" w:rsidR="00B16C77" w:rsidRPr="00576870" w:rsidRDefault="00B16C77" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00576870">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Name of organisation awarding your qualification (e.g., School, College or University)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B16C77" w:rsidRPr="00301D82" w14:paraId="2E4E5907" w14:textId="30859096" w:rsidTr="593BD148">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1865" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F7D2095" w14:textId="77777777" w:rsidR="00B16C77" w:rsidRPr="002A546C" w:rsidRDefault="00B16C77" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1815" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E57E4F9" w14:textId="77777777" w:rsidR="00B16C77" w:rsidRPr="002A546C" w:rsidRDefault="00B16C77" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3158AE9F" w14:textId="77777777" w:rsidR="00B16C77" w:rsidRPr="002A546C" w:rsidRDefault="00B16C77" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2033" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CF7ED10" w14:textId="6173C4FB" w:rsidR="00B16C77" w:rsidRPr="002A546C" w:rsidRDefault="00B16C77" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1778" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F08980C" w14:textId="77777777" w:rsidR="00B16C77" w:rsidRPr="002A546C" w:rsidRDefault="00B16C77" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B16C77" w:rsidRPr="00301D82" w14:paraId="257A14E2" w14:textId="57BDB7C2" w:rsidTr="593BD148">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1865" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EBA2FB2" w14:textId="77777777" w:rsidR="00B16C77" w:rsidRPr="002A546C" w:rsidRDefault="00B16C77" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1815" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17C48473" w14:textId="77777777" w:rsidR="00B16C77" w:rsidRPr="002A546C" w:rsidRDefault="00B16C77" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F641D56" w14:textId="77777777" w:rsidR="00B16C77" w:rsidRPr="002A546C" w:rsidRDefault="00B16C77" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2033" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6919FFE0" w14:textId="322FD0A5" w:rsidR="00B16C77" w:rsidRPr="002A546C" w:rsidRDefault="00B16C77" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1778" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="243F7E8C" w14:textId="77777777" w:rsidR="00B16C77" w:rsidRPr="002A546C" w:rsidRDefault="00B16C77" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B16C77" w:rsidRPr="00301D82" w14:paraId="04C3BA81" w14:textId="77777777" w:rsidTr="593BD148">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1865" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34DDBA14" w14:textId="77777777" w:rsidR="00B16C77" w:rsidRPr="002A546C" w:rsidRDefault="00B16C77" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1815" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="393864F6" w14:textId="77777777" w:rsidR="00B16C77" w:rsidRPr="002A546C" w:rsidRDefault="00B16C77" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="486FBA4F" w14:textId="77777777" w:rsidR="00B16C77" w:rsidRPr="002A546C" w:rsidRDefault="00B16C77" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2033" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43860716" w14:textId="6EC64C73" w:rsidR="00B16C77" w:rsidRPr="002A546C" w:rsidRDefault="00B16C77" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1778" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07CAA90B" w14:textId="77777777" w:rsidR="00B16C77" w:rsidRPr="002A546C" w:rsidRDefault="00B16C77" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B16C77" w:rsidRPr="00301D82" w14:paraId="38864CFC" w14:textId="77777777" w:rsidTr="593BD148">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1865" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63D6A07B" w14:textId="77777777" w:rsidR="00B16C77" w:rsidRPr="002A546C" w:rsidRDefault="00B16C77" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1815" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BD782AC" w14:textId="77777777" w:rsidR="00B16C77" w:rsidRPr="002A546C" w:rsidRDefault="00B16C77" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E75831E" w14:textId="77777777" w:rsidR="00B16C77" w:rsidRPr="002A546C" w:rsidRDefault="00B16C77" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2033" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55BCE137" w14:textId="014B3D26" w:rsidR="00B16C77" w:rsidRPr="002A546C" w:rsidRDefault="00B16C77" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1778" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A18E7ED" w14:textId="77777777" w:rsidR="00B16C77" w:rsidRPr="002A546C" w:rsidRDefault="00B16C77" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4F4F21C8" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...132 lines deleted...]
-      </w:r>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F4F21C8" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="454B04A7" w14:textId="1D5722B6" w:rsidR="00365BBB" w:rsidRPr="00576870" w:rsidRDefault="00365BBB" w:rsidP="00337DEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00576870">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00576870">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* If you have a level 6 qualification</w:t>
+      </w:r>
+      <w:r w:rsidR="00743758">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or above</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00576870">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, you do not need to apply for the Experienced Practitioner Gateway. Information about qualification levels is available in</w:t>
+      </w:r>
+      <w:r w:rsidR="00B16C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A546C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00B16C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ppendix </w:t>
+      </w:r>
+      <w:r w:rsidR="002A546C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B16C77">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w14:paraId="4758B88B" w14:textId="36297D62" w:rsidR="00576870" w:rsidRDefault="00576870">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="29CFC681" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
-[...377 lines deleted...]
-        <w:t xml:space="preserve"> for examples). Please only include qualifications that are relevant to your research role.</w:t>
+    <w:p w14:paraId="54DB7508" w14:textId="77777777" w:rsidR="008F197C" w:rsidRPr="00B16C77" w:rsidRDefault="008F197C" w:rsidP="00B16C77">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="464E75"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="464E75"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Other Learning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22FF1C54" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="3A779CC3" w14:textId="6D28D960" w:rsidR="00365BBB" w:rsidRPr="00301D82" w:rsidRDefault="4FFD0602" w:rsidP="593BD148">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>This should not include statutory and mandatory training or study specific training.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>  Information about the different types of training is provided in Appendix 2.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2FEE97B6" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
-[...14 lines deleted...]
-    <w:p w14:paraId="6F3EE8BF" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="1BF440EE" w14:textId="3687A1F1" w:rsidR="00365BBB" w:rsidRPr="00301D82" w:rsidRDefault="4FFD0602" w:rsidP="593BD148">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...93 lines deleted...]
-        <w:t>Subject(s):</w:t>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B73DA1A" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="1FBCE37A" w14:textId="056CAE5D" w:rsidR="00365BBB" w:rsidRPr="00301D82" w:rsidRDefault="4FFD0602" w:rsidP="593BD148">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please list the learning and continuing professional development (CPD) that you have completed in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>last three years</w:t>
+      </w:r>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of your research career in the table below. This should be listed in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>chronological order</w:t>
+      </w:r>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and include:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0682F4E2" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="01487E4D" w14:textId="52514238" w:rsidR="00365BBB" w:rsidRPr="00301D82" w:rsidRDefault="4FFD0602" w:rsidP="593BD148">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:rPr>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Any modules or education credits completed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FFD4D0D" w14:textId="582169F0" w:rsidR="00365BBB" w:rsidRPr="00301D82" w:rsidRDefault="4FFD0602" w:rsidP="593BD148">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:rPr>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Research and education training related to your role</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E69C3EE" w14:textId="7C4F6FE4" w:rsidR="00365BBB" w:rsidRPr="00301D82" w:rsidRDefault="4FFD0602" w:rsidP="593BD148">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7DF2C537">
+        <w:rPr>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CPD that has prepared you and continues to support you in your CRP </w:t>
+      </w:r>
+      <w:r w:rsidR="06E6CB1E" w:rsidRPr="7DF2C537">
+        <w:rPr>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7DF2C537">
+        <w:rPr>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ole  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C691F57" w14:textId="7DF6D84B" w:rsidR="00365BBB" w:rsidRPr="00301D82" w:rsidRDefault="4FFD0602" w:rsidP="593BD148">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Suggestions for CPD can be found on the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24">
+        <w:r w:rsidRPr="593BD148">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>CRP Community Google site</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="68F948FB" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
-[...15 lines deleted...]
-    <w:p w14:paraId="3E71BEF1" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="49E6199F" w14:textId="47EBBE12" w:rsidR="00365BBB" w:rsidRPr="00301D82" w:rsidRDefault="00365BBB" w:rsidP="593BD148">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...156 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CB703C3" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="70BBDB36" w14:textId="49A4E76C" w:rsidR="00365BBB" w:rsidRPr="00301D82" w:rsidRDefault="4FFD0602" w:rsidP="00337DEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We expect to see an average of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>two</w:t>
+      </w:r>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pieces of learning completed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>each year</w:t>
+      </w:r>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="_Hlk206137840"/>
     </w:p>
-    <w:p w14:paraId="04180C03" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
-[...15 lines deleted...]
-    <w:p w14:paraId="29917D19" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3080"/>
+        <w:gridCol w:w="3080"/>
+        <w:gridCol w:w="3080"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000551C8" w:rsidRPr="00576870" w14:paraId="2BEAE57F" w14:textId="77777777" w:rsidTr="000551C8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06C73DD0" w14:textId="77777777" w:rsidR="000551C8" w:rsidRPr="00576870" w:rsidRDefault="00252DAE" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00576870">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Training Type </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="224E09C9" w14:textId="0AAE7FE1" w:rsidR="00252DAE" w:rsidRPr="00576870" w:rsidRDefault="00A37313" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00576870">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(Study related training or other CRP related CPD)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26DA183F" w14:textId="52CB447B" w:rsidR="000551C8" w:rsidRPr="00576870" w:rsidRDefault="00252DAE" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00576870">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Date (Month / Year) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BD3CCC5" w14:textId="77777777" w:rsidR="000551C8" w:rsidRDefault="00252DAE" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00576870">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Course Name </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17E0F385" w14:textId="66392242" w:rsidR="001506FB" w:rsidRPr="00576870" w:rsidRDefault="001506FB" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please </w:t>
+            </w:r>
+            <w:r w:rsidR="00D05238">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">type </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>out course names in full, avoiding the use of acronyms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000551C8" w:rsidRPr="00301D82" w14:paraId="6203E523" w14:textId="77777777" w:rsidTr="000551C8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D730B1B" w14:textId="77777777" w:rsidR="000551C8" w:rsidRPr="00576870" w:rsidRDefault="000551C8" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="717E0012" w14:textId="77777777" w:rsidR="000551C8" w:rsidRPr="00576870" w:rsidRDefault="000551C8" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09D596B9" w14:textId="77777777" w:rsidR="000551C8" w:rsidRPr="00576870" w:rsidRDefault="000551C8" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000551C8" w:rsidRPr="00301D82" w14:paraId="63D50F43" w14:textId="77777777" w:rsidTr="000551C8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A7A56D1" w14:textId="77777777" w:rsidR="000551C8" w:rsidRPr="00576870" w:rsidRDefault="000551C8" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5261675E" w14:textId="77777777" w:rsidR="000551C8" w:rsidRPr="00576870" w:rsidRDefault="000551C8" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DC75A03" w14:textId="77777777" w:rsidR="000551C8" w:rsidRPr="00576870" w:rsidRDefault="000551C8" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000551C8" w:rsidRPr="00301D82" w14:paraId="20CDE7A6" w14:textId="77777777" w:rsidTr="000551C8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FB76603" w14:textId="77777777" w:rsidR="000551C8" w:rsidRPr="00576870" w:rsidRDefault="000551C8" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39D177C7" w14:textId="77777777" w:rsidR="000551C8" w:rsidRPr="00576870" w:rsidRDefault="000551C8" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33ECDC58" w14:textId="77777777" w:rsidR="000551C8" w:rsidRPr="00576870" w:rsidRDefault="000551C8" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1BE7" w:rsidRPr="00301D82" w14:paraId="2D3DA7AF" w14:textId="77777777" w:rsidTr="000551C8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5356B6D5" w14:textId="77777777" w:rsidR="002C1BE7" w:rsidRPr="00576870" w:rsidRDefault="002C1BE7" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40B0FD5E" w14:textId="77777777" w:rsidR="002C1BE7" w:rsidRPr="00576870" w:rsidRDefault="002C1BE7" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60F4DFE1" w14:textId="77777777" w:rsidR="002C1BE7" w:rsidRPr="00576870" w:rsidRDefault="002C1BE7" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1BE7" w:rsidRPr="00301D82" w14:paraId="2D18AE9F" w14:textId="77777777" w:rsidTr="000551C8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3156C276" w14:textId="77777777" w:rsidR="002C1BE7" w:rsidRPr="00576870" w:rsidRDefault="002C1BE7" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="686EF332" w14:textId="77777777" w:rsidR="002C1BE7" w:rsidRPr="00576870" w:rsidRDefault="002C1BE7" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0374A633" w14:textId="77777777" w:rsidR="002C1BE7" w:rsidRPr="00576870" w:rsidRDefault="002C1BE7" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1BE7" w:rsidRPr="00301D82" w14:paraId="2F1EFBF3" w14:textId="77777777" w:rsidTr="000551C8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26EFD72A" w14:textId="77777777" w:rsidR="002C1BE7" w:rsidRPr="00576870" w:rsidRDefault="002C1BE7" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A1E3215" w14:textId="77777777" w:rsidR="002C1BE7" w:rsidRPr="00576870" w:rsidRDefault="002C1BE7" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="537448F0" w14:textId="77777777" w:rsidR="002C1BE7" w:rsidRPr="00576870" w:rsidRDefault="002C1BE7" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1BE7" w:rsidRPr="00301D82" w14:paraId="5B836C2F" w14:textId="77777777" w:rsidTr="000551C8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DB03DE0" w14:textId="77777777" w:rsidR="002C1BE7" w:rsidRPr="00576870" w:rsidRDefault="002C1BE7" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D42B5B5" w14:textId="77777777" w:rsidR="002C1BE7" w:rsidRPr="00576870" w:rsidRDefault="002C1BE7" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1341B9D9" w14:textId="77777777" w:rsidR="002C1BE7" w:rsidRPr="00576870" w:rsidRDefault="002C1BE7" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1BE7" w:rsidRPr="00301D82" w14:paraId="0D8EB6AA" w14:textId="77777777" w:rsidTr="000551C8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BDA234F" w14:textId="77777777" w:rsidR="002C1BE7" w:rsidRPr="00576870" w:rsidRDefault="002C1BE7" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A897E8A" w14:textId="77777777" w:rsidR="002C1BE7" w:rsidRPr="00576870" w:rsidRDefault="002C1BE7" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67C86319" w14:textId="77777777" w:rsidR="002C1BE7" w:rsidRPr="00576870" w:rsidRDefault="002C1BE7" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1BE7" w:rsidRPr="00301D82" w14:paraId="03F2B438" w14:textId="77777777" w:rsidTr="000551C8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37023F8C" w14:textId="77777777" w:rsidR="002C1BE7" w:rsidRPr="00576870" w:rsidRDefault="002C1BE7" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C4CA2A4" w14:textId="77777777" w:rsidR="002C1BE7" w:rsidRPr="00576870" w:rsidRDefault="002C1BE7" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5308640A" w14:textId="77777777" w:rsidR="002C1BE7" w:rsidRPr="00576870" w:rsidRDefault="002C1BE7" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1BE7" w:rsidRPr="00301D82" w14:paraId="156B54B2" w14:textId="77777777" w:rsidTr="000551C8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10F880FE" w14:textId="77777777" w:rsidR="002C1BE7" w:rsidRPr="00576870" w:rsidRDefault="002C1BE7" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2879500A" w14:textId="77777777" w:rsidR="002C1BE7" w:rsidRPr="00576870" w:rsidRDefault="002C1BE7" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51005936" w14:textId="77777777" w:rsidR="002C1BE7" w:rsidRPr="00576870" w:rsidRDefault="002C1BE7" w:rsidP="00337DEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2CB703C3" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...206 lines deleted...]
-      </w:r>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D78EFCA" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="4D78EFCA" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3393EBB4" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4620"/>
+        <w:gridCol w:w="4620"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002C1BE7" w:rsidRPr="00301D82" w14:paraId="48B40729" w14:textId="77777777" w:rsidTr="00656B27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39D387E6" w14:textId="77777777" w:rsidR="002C1BE7" w:rsidRPr="00301D82" w:rsidRDefault="002C1BE7" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Question</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="031145EB" w14:textId="3D2F8597" w:rsidR="002C1BE7" w:rsidRPr="00301D82" w:rsidRDefault="002C1BE7" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Response (your mandatory</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>statutory</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>training must be up to date for your application to be accepted)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C1BE7" w:rsidRPr="00301D82" w14:paraId="13C375C2" w14:textId="77777777" w:rsidTr="00656B27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D8391FA" w14:textId="6655926D" w:rsidR="002C1BE7" w:rsidRPr="00A53591" w:rsidRDefault="002C1BE7" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>confirm</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>that</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>my</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>mandatory</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>statutory</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>training</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>up</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AC78B07" w14:textId="77777777" w:rsidR="0017530C" w:rsidRPr="00301D82" w:rsidRDefault="0017530C" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B840BBE" w14:textId="42A4E3E4" w:rsidR="002C1BE7" w:rsidRPr="00301D82" w:rsidRDefault="002C1BE7" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Yes/No (delete as applicable)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="14"/>
+    </w:tbl>
+    <w:p w14:paraId="3393EBB4" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CC631A1" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="77FEDEC5" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...63 lines deleted...]
-      </w:r>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A6AD423" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
-[...1066 lines deleted...]
-    <w:p w14:paraId="07B519DD" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="07B519DD" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="3" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...967 lines deleted...]
-    <w:p w14:paraId="2E6C00F1" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="2E6C00F1" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-        <w:sectPr w:rsidR="00337DEB" w:rsidRPr="00337DEB">
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00337DEB" w:rsidRPr="00301D82">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1340" w:right="1320" w:bottom="920" w:left="1340" w:header="708" w:footer="731" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="006CEEB4" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="006CEEB4" w14:textId="1FC7AB29" w:rsidR="00337DEB" w:rsidRPr="00B16C77" w:rsidRDefault="00A53591" w:rsidP="0017530C">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>APPLICANT’S</w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>DECLARATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ABD7782" w14:textId="350F0A16" w:rsidR="0017530C" w:rsidRPr="00576870" w:rsidRDefault="0017530C" w:rsidP="00337DEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="85" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00576870">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:r w:rsidR="00154C6D" w:rsidRPr="00576870">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">place a cross in the boxes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00576870">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>or highlight each of the statements below to confirm your agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="008E7B6F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with each </w:t>
+      </w:r>
+      <w:r w:rsidR="008E7B6F" w:rsidRPr="00B77D1A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>statement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B77D1A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B77D1A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E7B6F" w:rsidRPr="00B77D1A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Failure to do this will result in the application being rejected.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08C1ED4E" w14:textId="77777777" w:rsidR="00154C6D" w:rsidRDefault="00154C6D" w:rsidP="00337DEB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="85" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04D7052A" w14:textId="77777777" w:rsidR="007F37D3" w:rsidRPr="001F7008" w:rsidRDefault="007F37D3" w:rsidP="007F37D3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="261" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Hlk206406846"/>
+      <w:r w:rsidRPr="001F7008">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Consent</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05BB5079" w14:textId="06E7C757" w:rsidR="007F37D3" w:rsidRDefault="007F37D3" w:rsidP="007F37D3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="261" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>In completing this form, I give the AHCS the following permissions:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47D6F283" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="003704A4" w:rsidRDefault="00870016" w:rsidP="007F37D3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="261" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07519559" w14:textId="4E7AEC05" w:rsidR="007F37D3" w:rsidRPr="007F37D3" w:rsidRDefault="003508FD" w:rsidP="007F37D3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="261" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:color w:val="001F5F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="26227263"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00C4596F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:b/>
+              <w:color w:val="001F5F"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="007F37D3" w:rsidRPr="00576870">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:color w:val="001F5F"/>
-          <w:kern w:val="0"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007F37D3" w:rsidRPr="003704A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To use the data I provide for the purpose of deciding whether </w:t>
+      </w:r>
+      <w:r w:rsidR="007F37D3" w:rsidRPr="007F37D3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>allow me to make an application to the AHCS PSA Accredited Register for CRPs;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="441DEA36" w14:textId="66057843" w:rsidR="00870016" w:rsidRDefault="003508FD" w:rsidP="007F37D3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="261" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:b/>
+            <w:color w:val="001F5F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="-656991947"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00C4596F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:b/>
+              <w:color w:val="001F5F"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="007F37D3" w:rsidRPr="00576870">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:color w:val="001F5F"/>
-          <w:spacing w:val="-9"/>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007F37D3" w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To share my data with the AHCS application </w:t>
+      </w:r>
+      <w:r w:rsidR="43D565C1" w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>assessors</w:t>
+      </w:r>
+      <w:r w:rsidR="007F37D3" w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the NIHR</w:t>
+      </w:r>
+      <w:r w:rsidR="005D48A0" w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="007F37D3" w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">RDN as needed to assess my application; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53EAB336" w14:textId="5E8CBC65" w:rsidR="007F37D3" w:rsidRPr="003704A4" w:rsidRDefault="003508FD" w:rsidP="00870016">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="1580866679"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00C4596F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:bCs/>
+              <w:color w:val="002060"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00870016" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00870016">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>To</w:t>
+      </w:r>
+      <w:r w:rsidR="00870016" w:rsidRPr="00F02E16">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contact me</w:t>
+      </w:r>
+      <w:r w:rsidR="00870016">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00870016" w:rsidRPr="00F02E16">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for further information to assist in the decision-making process </w:t>
+      </w:r>
+      <w:r w:rsidR="00870016">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or to provide feedback about </w:t>
+      </w:r>
+      <w:r w:rsidR="00870016" w:rsidRPr="00F02E16">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>this application</w:t>
+      </w:r>
+      <w:r w:rsidR="00870016">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="007F37D3" w:rsidRPr="003704A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F543730" w14:textId="5A16E44F" w:rsidR="007F37D3" w:rsidRDefault="003508FD" w:rsidP="007F37D3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="261" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:b/>
+            <w:color w:val="001F5F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="-726984422"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00C4596F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:b/>
+              <w:color w:val="001F5F"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="007F37D3" w:rsidRPr="00576870">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:color w:val="001F5F"/>
-          <w:spacing w:val="-2"/>
-[...6 lines deleted...]
-        <w:t>DECLARATION</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007F37D3" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>To contact my line manager listed in this application to verify the information provided and to give feedback about my application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E0E1800" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:bookmarkEnd w:id="15"/>
+    <w:p w14:paraId="2F70BFF1" w14:textId="17B931A4" w:rsidR="48176C86" w:rsidRDefault="48176C86" w:rsidP="48176C86">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="261" w:lineRule="auto"/>
+        <w:ind w:left="142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C843695" w14:textId="77777777" w:rsidR="00870016" w:rsidRDefault="00870016" w:rsidP="007F37D3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="261" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C0F65A5" w14:textId="7FA39FCE" w:rsidR="007F37D3" w:rsidRPr="001F7008" w:rsidRDefault="00870016" w:rsidP="00870016">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="261" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Hlk206406854"/>
+      <w:r w:rsidRPr="001F7008">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Experience</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p w14:paraId="6E0E1800" w14:textId="598D60BE" w:rsidR="00337DEB" w:rsidRPr="00A53591" w:rsidRDefault="003508FD" w:rsidP="00154C6D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="172" w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:rPr>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:left="709" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:color w:val="001F5F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="1227964627"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00C4596F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:b/>
+              <w:color w:val="001F5F"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00154C6D" w:rsidRPr="00576870">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="001F5F"/>
-          <w:kern w:val="0"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00154C6D" w:rsidRPr="00576870">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="001F5F"/>
-          <w:spacing w:val="-4"/>
-[...10 lines deleted...]
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
           <w:color w:val="001F5F"/>
-          <w:kern w:val="0"/>
-[...9 lines deleted...]
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As an experienced </w:t>
+      </w:r>
+      <w:r w:rsidR="00154C6D" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>CRP</w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who does not </w:t>
+      </w:r>
+      <w:r w:rsidR="00154C6D" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">have </w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>a level 6</w:t>
+      </w:r>
+      <w:r w:rsidR="00154C6D" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> qualification </w:t>
+      </w:r>
+      <w:r w:rsidR="00743758">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>or above l</w:t>
+      </w:r>
+      <w:r w:rsidR="00154C6D" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">isted in appendix </w:t>
+      </w:r>
+      <w:r w:rsidR="002A546C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00154C6D" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>I am seeking exceptional access to join the AHCS</w:t>
+      </w:r>
+      <w:r w:rsidR="00154C6D" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PSA</w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-4"/>
-          <w:kern w:val="0"/>
-[...2 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
           <w:color w:val="001F5F"/>
-          <w:kern w:val="0"/>
-[...2 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Accredited</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-4"/>
-          <w:kern w:val="0"/>
-[...2 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
           <w:color w:val="001F5F"/>
-          <w:kern w:val="0"/>
-[...2 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Register</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-5"/>
-          <w:kern w:val="0"/>
-[...2 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
           <w:color w:val="001F5F"/>
-          <w:kern w:val="0"/>
-[...2 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-1"/>
-          <w:kern w:val="0"/>
-[...2 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
           <w:color w:val="001F5F"/>
-          <w:kern w:val="0"/>
-[...79 lines deleted...]
-        <w:t>(CRPs) through the Experienced Practitioner Gateway.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>CRPs through the Experienced Practitioner Gateway.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DBBA313" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="2DBBA313" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="9" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:sz w:val="27"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="126BE4A6" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="205AFDBF" w14:textId="25B9F2C1" w:rsidR="00870016" w:rsidRPr="001F7008" w:rsidRDefault="00870016" w:rsidP="00337DEB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="9" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Hlk206406877"/>
+      <w:r w:rsidRPr="001F7008">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Content</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p w14:paraId="126BE4A6" w14:textId="27A83AEA" w:rsidR="00337DEB" w:rsidRPr="00A53591" w:rsidRDefault="003508FD" w:rsidP="00154C6D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="709" w:right="183" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:color w:val="002060"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="-86153496"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00C4596F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+              <w:color w:val="002060"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00154C6D" w:rsidRPr="00870016">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:spacing w:val="-2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>declare</w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:spacing w:val="-2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:spacing w:val="-2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:spacing w:val="-4"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>information</w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:spacing w:val="-2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>provided</w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:spacing w:val="-5"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00154C6D" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:spacing w:val="-5"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in this form </w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:spacing w:val="-3"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>accurate</w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:spacing w:val="-4"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:spacing w:val="-2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>relevant</w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:spacing w:val="-3"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:spacing w:val="-2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>my</w:t>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:spacing w:val="-2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00154C6D" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:spacing w:val="-2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">application to join the </w:t>
+      </w:r>
+      <w:r w:rsidR="00154C6D" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AHCS </w:t>
+      </w:r>
+      <w:r w:rsidR="00154C6D" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PSA</w:t>
+      </w:r>
+      <w:r w:rsidR="00154C6D" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00154C6D" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Accredited</w:t>
+      </w:r>
+      <w:r w:rsidR="00154C6D" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00154C6D" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Register</w:t>
+      </w:r>
+      <w:r w:rsidR="00154C6D" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00154C6D" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidR="00154C6D" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00154C6D" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>CRPs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38112180" w14:textId="0581CADA" w:rsidR="48176C86" w:rsidRDefault="48176C86" w:rsidP="48176C86">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF8325B" w14:textId="6E1DD73F" w:rsidR="00870016" w:rsidRPr="001F7008" w:rsidRDefault="00870016" w:rsidP="48176C86">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="183"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Hlk206406906"/>
+      <w:r w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Job Description(s)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p w14:paraId="781C562D" w14:textId="08D3BB9F" w:rsidR="735674F2" w:rsidRDefault="735674F2" w:rsidP="48176C86">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:kern w:val="0"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Select either statement 1 or 2 below:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42046493" w14:textId="6E57B93D" w:rsidR="735674F2" w:rsidRDefault="003508FD" w:rsidP="48176C86">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="2004630789"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00C4596F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:color w:val="002060"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00C4596F" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="735674F2" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. I have submitted </w:t>
+      </w:r>
+      <w:r w:rsidR="735674F2" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">job description(s) on headed paper that demonstrate that I have been working at the practitioner level of the </w:t>
+      </w:r>
+      <w:r w:rsidR="735674F2" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Skills for Health Career Framework</w:t>
+      </w:r>
+      <w:r w:rsidR="735674F2" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="735674F2" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for at least three years. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CBEC59C" w14:textId="306CAE3D" w:rsidR="008E7B6F" w:rsidRDefault="008E7B6F" w:rsidP="48176C86">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57221457" w14:textId="5D9E6A0F" w:rsidR="735674F2" w:rsidRDefault="003508FD" w:rsidP="48176C86">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="2074693008"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00C4596F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:color w:val="002060"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00C4596F" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="001F5F"/>
-          <w:kern w:val="0"/>
-[...9 lines deleted...]
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="735674F2" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="001F5F"/>
-          <w:spacing w:val="-2"/>
-[...3 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2. M</w:t>
+      </w:r>
+      <w:r w:rsidR="735674F2" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y line manager is satisfied that I have been working at the practitioner level of the </w:t>
+      </w:r>
+      <w:r w:rsidR="735674F2" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Skills for Health Career Framework</w:t>
+      </w:r>
+      <w:r w:rsidR="735674F2" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...322 lines deleted...]
-        <w:t>access.</w:t>
+      <w:r w:rsidR="735674F2" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for at least three years, despite me not being able to demonstrate this using my job description(s).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="502F787D" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="06A639E3" w14:textId="7BB27A36" w:rsidR="48176C86" w:rsidRDefault="48176C86" w:rsidP="48176C86">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="502F787D" w14:textId="77A55FDA" w:rsidR="00870016" w:rsidRDefault="00870016">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A2EA11D" w14:textId="3BF4F042" w:rsidR="00870016" w:rsidRPr="001F7008" w:rsidRDefault="005D48A0" w:rsidP="00154C6D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="6" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="709" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Hlk206407047"/>
+      <w:r w:rsidRPr="001F7008">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Outcome of </w:t>
+      </w:r>
+      <w:r w:rsidR="00870016" w:rsidRPr="001F7008">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>application</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="482E387D" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:bookmarkEnd w:id="19"/>
+    <w:p w14:paraId="3039EE86" w14:textId="4BD7907B" w:rsidR="00337DEB" w:rsidRPr="00A53591" w:rsidRDefault="003508FD" w:rsidP="00154C6D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:rPr>
-[...343 lines deleted...]
-        <w:t>the CRP Accredited Register in the normal way.</w:t>
+        <w:ind w:left="709" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="696738511"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00C4596F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:bCs/>
+              <w:color w:val="002060"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00154C6D" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00337DEB" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I understand that </w:t>
+      </w:r>
+      <w:r w:rsidR="00B91F53">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00154C6D" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>f this application is accepted, I can proceed with an application to join the AHCS PSA Accredited Register for CRPs, and that this should be done within six months.</w:t>
+      </w:r>
+      <w:r w:rsidR="00154C6D" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3039EE86" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="2B0E90AF" w14:textId="77777777" w:rsidR="00154C6D" w:rsidRPr="00A53591" w:rsidRDefault="00154C6D" w:rsidP="00154C6D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2544EC81" w14:textId="759B9F5A" w:rsidR="001B7098" w:rsidRPr="007653A6" w:rsidRDefault="001B7098" w:rsidP="001B7098">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:kern w:val="0"/>
-[...5 lines deleted...]
-      </w:pPr>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_Hlk206499447"/>
+      <w:r w:rsidRPr="007653A6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">this form is being </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007653A6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>re-submitt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007653A6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> after a request for </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">further </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007653A6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>information, please re-date the relevant box below.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="39805FB9" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
-[...352 lines deleted...]
-    <w:p w14:paraId="0CE51C45" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:bookmarkEnd w:id="20"/>
+    <w:p w14:paraId="5A018EA9" w14:textId="77777777" w:rsidR="007653A6" w:rsidRPr="007653A6" w:rsidRDefault="007653A6" w:rsidP="00337DEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:kern w:val="0"/>
-          <w:sz w:val="37"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C7A314C" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4620"/>
+        <w:gridCol w:w="4620"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00154C6D" w:rsidRPr="00576870" w14:paraId="73DE1E16" w14:textId="77777777" w:rsidTr="00656B27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BDF3ED4" w14:textId="77777777" w:rsidR="00154C6D" w:rsidRPr="00576870" w:rsidRDefault="00154C6D" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="21" w:name="_Hlk206137981"/>
+            <w:r w:rsidRPr="00576870">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Question</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E7A460C" w14:textId="427B9474" w:rsidR="00154C6D" w:rsidRPr="00576870" w:rsidRDefault="00154C6D" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00576870">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Response </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00154C6D" w:rsidRPr="00576870" w14:paraId="421F31D3" w14:textId="77777777" w:rsidTr="00656B27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B352921" w14:textId="0A416869" w:rsidR="00154C6D" w:rsidRPr="00A53591" w:rsidRDefault="00154C6D" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Applicant signature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3177A9A3" w14:textId="77777777" w:rsidR="00154C6D" w:rsidRPr="00576870" w:rsidRDefault="00154C6D" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E76C75D" w14:textId="77777777" w:rsidR="00154C6D" w:rsidRPr="00576870" w:rsidRDefault="00154C6D" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="56B3931A" w14:textId="63CA881E" w:rsidR="00154C6D" w:rsidRPr="00576870" w:rsidRDefault="00154C6D" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00154C6D" w:rsidRPr="00576870" w14:paraId="2F52CF27" w14:textId="77777777" w:rsidTr="00656B27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B998C37" w14:textId="6FA0C2F6" w:rsidR="00154C6D" w:rsidRPr="00A53591" w:rsidRDefault="00154C6D" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA4F4DF" w14:textId="77777777" w:rsidR="00154C6D" w:rsidRPr="00576870" w:rsidRDefault="00154C6D" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00154C6D" w:rsidRPr="00576870" w14:paraId="2D48D9CA" w14:textId="77777777" w:rsidTr="00656B27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4124A24F" w14:textId="4BF07BCF" w:rsidR="00154C6D" w:rsidRPr="00A53591" w:rsidRDefault="00154C6D" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Contact email address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35738F2F" w14:textId="77777777" w:rsidR="00154C6D" w:rsidRPr="00576870" w:rsidRDefault="00154C6D" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="21"/>
+    </w:tbl>
+    <w:p w14:paraId="01E7B26A" w14:textId="77777777" w:rsidR="00154C6D" w:rsidRPr="00576870" w:rsidRDefault="00154C6D" w:rsidP="00337DEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="652" w:lineRule="auto"/>
         <w:ind w:right="6250"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Applicant</w:t>
-[...39 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="06C20D39" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
-[...53 lines deleted...]
-    <w:p w14:paraId="5D820AAA" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="5D820AAA" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:lang w:val="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00337DEB" w:rsidRPr="00337DEB">
+        <w:sectPr w:rsidR="00337DEB" w:rsidRPr="00301D82">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1340" w:right="1320" w:bottom="920" w:left="1340" w:header="708" w:footer="731" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60DFF61F" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
-[...23 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+    <w:p w14:paraId="60DFF61F" w14:textId="624F815F" w:rsidR="00337DEB" w:rsidRPr="00B16C77" w:rsidRDefault="00337DEB" w:rsidP="00154C6D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>YOUR</w:t>
-[...4 lines deleted...]
-          <w:color w:val="001F5F"/>
+        <w:t>LINE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
           <w:spacing w:val="-14"/>
-          <w:kern w:val="0"/>
-[...3 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...14 lines deleted...]
-          <w:color w:val="001F5F"/>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>MANAGER’S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
           <w:spacing w:val="-14"/>
-          <w:kern w:val="0"/>
-[...3 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...85 lines deleted...]
-        <w:t>SUPPORT</w:t>
+      <w:r w:rsidR="00154C6D" w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>CONFIRMATION CHECKLIST</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AF1DF5A" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
-[...277 lines deleted...]
-    <w:p w14:paraId="7C123C3C" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="5D28873A" w14:textId="77777777" w:rsidR="00E77E75" w:rsidRDefault="00E77E75" w:rsidP="008E7B6F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:kern w:val="0"/>
-[...5 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C98D6A7" w14:textId="11073929" w:rsidR="008E7B6F" w:rsidRDefault="0068051E" w:rsidP="008E7B6F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Applicant’s current line manager </w:t>
+      </w:r>
+      <w:r w:rsidR="008E7B6F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="_Hlk206487691"/>
+      <w:r w:rsidR="008E7B6F" w:rsidRPr="00576870">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">place a cross in the boxes or highlight each of the statements below to confirm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>their agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="008E7B6F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with each statement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B77D1A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="001F5F"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidR="008E7B6F" w:rsidRPr="00B77D1A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Failure to do this will result in the application being rejected.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D5DC46D" w14:textId="77777777" w:rsidR="00E77E75" w:rsidRPr="00576870" w:rsidRDefault="00E77E75" w:rsidP="008E7B6F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15884213" w14:textId="77777777" w:rsidR="00EB36E2" w:rsidRPr="00EB36E2" w:rsidRDefault="00EB36E2" w:rsidP="00EB36E2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="261" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB36E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Consent</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="275BA0C1" w14:textId="77777777" w:rsidR="00EB36E2" w:rsidRDefault="00EB36E2" w:rsidP="00EB36E2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="261" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003704A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In completing this form, I give the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F37D3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AHCS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003704A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>the following permissions:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0132DB64" w14:textId="77777777" w:rsidR="00EB36E2" w:rsidRPr="003704A4" w:rsidRDefault="00EB36E2" w:rsidP="00EB36E2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="261" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72D3EADE" w14:textId="184C99F7" w:rsidR="00EB36E2" w:rsidRDefault="003508FD" w:rsidP="00EB36E2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="261" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:b/>
+            <w:color w:val="001F5F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="1031304904"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00C4596F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:b/>
+              <w:color w:val="001F5F"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00EB36E2" w:rsidRPr="00576870">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB36E2" w:rsidRPr="00576870">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB36E2" w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To share my data with the AHCS application </w:t>
+      </w:r>
+      <w:r w:rsidR="4E58EE4E" w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>assessors</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB36E2" w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the NIHR RDN as needed to consider this application; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46E63847" w14:textId="2AABEA6F" w:rsidR="00EB36E2" w:rsidRDefault="003508FD" w:rsidP="00EB36E2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="1665050426"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00C4596F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:bCs/>
+              <w:color w:val="002060"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00EB36E2" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB36E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>To</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB36E2" w:rsidRPr="00F02E16">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contact me</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB36E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB36E2" w:rsidRPr="00F02E16">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for further information to assist in the decision-making process </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB36E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or to provide feedback about </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB36E2" w:rsidRPr="00F02E16">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>this application</w:t>
+      </w:r>
+      <w:r w:rsidR="00157796">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55D5A27C" w14:textId="5FE1D033" w:rsidR="00157796" w:rsidRPr="003704A4" w:rsidRDefault="003508FD" w:rsidP="00EB36E2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="627902976"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00C4596F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:bCs/>
+              <w:color w:val="002060"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00157796" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00157796" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I am aware that if I do not respond to a request for </w:t>
+      </w:r>
+      <w:r w:rsidR="00157796">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">further </w:t>
+      </w:r>
+      <w:r w:rsidR="00157796" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">information, I may </w:t>
+      </w:r>
+      <w:r w:rsidR="00157796">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>jeopardise this</w:t>
+      </w:r>
+      <w:r w:rsidR="00157796" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B02351C" w14:textId="77777777" w:rsidR="00EB36E2" w:rsidRDefault="00EB36E2" w:rsidP="0068051E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65C2F1F0" w14:textId="56A45FF6" w:rsidR="0068051E" w:rsidRPr="0068051E" w:rsidRDefault="0068051E" w:rsidP="0068051E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="_Hlk206487379"/>
+      <w:r w:rsidRPr="0068051E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Content of application</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068051E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02C87449" w14:textId="25BAE642" w:rsidR="0068051E" w:rsidRPr="0068051E" w:rsidRDefault="003508FD" w:rsidP="0068051E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+            <w:color w:val="001F5F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="-1374142854"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00C4596F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:color w:val="001F5F"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0068051E" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>I am</w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="0068051E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> satisfied that the content of the application is correct at the time of the application</w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="0068051E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p w14:paraId="5F21BDCE" w14:textId="77777777" w:rsidR="0068051E" w:rsidRPr="0068051E" w:rsidRDefault="0068051E" w:rsidP="0068051E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068051E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C7B64E7" w14:textId="77777777" w:rsidR="0068051E" w:rsidRPr="0068051E" w:rsidRDefault="0068051E" w:rsidP="0068051E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068051E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Level applicant is working at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068051E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14DAACF7" w14:textId="0C81E784" w:rsidR="0068051E" w:rsidRPr="0068051E" w:rsidRDefault="003508FD" w:rsidP="0068051E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+            <w:color w:val="001F5F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="696577356"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00C4596F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:color w:val="001F5F"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0068051E" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>I am</w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="0068051E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> satisfied that the applicant has been working at the practitioner level of the</w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="0068051E" w:rsidRPr="0068051E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>Skills for Health Career Framework</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0068051E" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="0068051E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>for at</w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="0068051E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="0068051E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>least three years</w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="242A384E" w14:textId="77777777" w:rsidR="0068051E" w:rsidRPr="0068051E" w:rsidRDefault="0068051E" w:rsidP="0068051E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068051E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02BEC123" w14:textId="481879E6" w:rsidR="0068051E" w:rsidRPr="0068051E" w:rsidRDefault="0068051E" w:rsidP="0068051E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068051E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Applicant’s Job Description</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85AF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068051E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85AF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B77D1A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FD5CD4A" w14:textId="77777777" w:rsidR="00B77D1A" w:rsidRPr="008E7B6F" w:rsidRDefault="00B77D1A" w:rsidP="00B77D1A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E7B6F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Select either statement 1 or 2 below:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13F5F16E" w14:textId="18442C8D" w:rsidR="0068051E" w:rsidRPr="0068051E" w:rsidRDefault="003508FD" w:rsidP="0068051E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+            <w:color w:val="001F5F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="-306326972"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="0068051E" w:rsidRPr="00A53591">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:color w:val="001F5F"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0068051E" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B77D1A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>I am</w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="0068051E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> satisfied that the applicant has provided job description</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85AF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="0068051E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that demonstrate</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85AF4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="0068051E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that they have been working at the practitioner level of the </w:t>
+      </w:r>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="0068051E" w:rsidRPr="0068051E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>Skills for Health Career Framework</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0068051E" w:rsidRPr="0068051E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="0068051E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>for at least three years</w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="232ED5F2" w14:textId="77777777" w:rsidR="00E77E75" w:rsidRDefault="00E77E75" w:rsidP="0068051E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D3BBC23" w14:textId="414585E7" w:rsidR="0068051E" w:rsidRPr="001F7008" w:rsidRDefault="0068051E" w:rsidP="0068051E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62EE33F3" w14:textId="77777777" w:rsidR="00E77E75" w:rsidRDefault="00E77E75" w:rsidP="0068051E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32508940" w14:textId="2D5028D7" w:rsidR="0068051E" w:rsidRDefault="003508FD" w:rsidP="0666197F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="578"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="-1014680188"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00C4596F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:color w:val="002060"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B77D1A" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="319E8F1C" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>applicant is unable to provide</w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> job description</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85AF4" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85AF4" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="319E8F1C" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> demonstrate that they have been working at the practitioner level of the</w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="319E8F1C" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="2196F3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Skills for Health Career Framework</w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>for at least three years</w:t>
+      </w:r>
+      <w:r w:rsidR="319E8F1C" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="754A9BD9" w14:textId="77777777" w:rsidR="001F7008" w:rsidRDefault="001F7008" w:rsidP="00E77E75">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="578"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FC9B144" w14:textId="36BE7481" w:rsidR="319E8F1C" w:rsidRDefault="319E8F1C" w:rsidP="48176C86">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1298" w:hanging="578"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The reason for this is: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="225955491"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00C4596F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:color w:val="002060"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Due to departmental or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>organisational</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> policy constraints, the job description(s) do not accurately reflect the work undertaken by the applicant</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:color w:val="002060"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="-913155364"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00C4596F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:color w:val="002060"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00C4596F" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The applicant is unable to obtain job descriptions for some or all of their previous roles</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">☐ Other - please state the reason in the box below:  </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="105" w:type="dxa"/>
-[...13 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblInd w:w="1298" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4510"/>
-        <w:gridCol w:w="4508"/>
+        <w:gridCol w:w="7942"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00337DEB" w:rsidRPr="00337DEB" w14:paraId="6992FF28" w14:textId="77777777" w:rsidTr="0005739E">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00E77E75" w14:paraId="1BF14834" w14:textId="77777777" w:rsidTr="00E77E75">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9018" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="9240" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="629DC102" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
-[...8 lines deleted...]
-                <w:kern w:val="0"/>
+          <w:p w14:paraId="176F17D0" w14:textId="77777777" w:rsidR="00E77E75" w:rsidRDefault="00E77E75" w:rsidP="00E77E75">
+            <w:pPr>
+              <w:spacing w:before="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="002060"/>
                 <w:sz w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...447 lines deleted...]
-            </w:r>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00337DEB" w:rsidRPr="00337DEB" w14:paraId="508198B9" w14:textId="77777777" w:rsidTr="0005739E">
-[...2 lines deleted...]
-        </w:trPr>
+    </w:tbl>
+    <w:p w14:paraId="4D6AF04D" w14:textId="177957DA" w:rsidR="00E77E75" w:rsidRDefault="00E77E75" w:rsidP="00E77E75">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1298" w:hanging="578"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="284C49D2" w14:textId="77777777" w:rsidR="00E77E75" w:rsidRPr="00E77E75" w:rsidRDefault="00E77E75" w:rsidP="00E77E75">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="578"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56AE28FA" w14:textId="77777777" w:rsidR="0068051E" w:rsidRPr="0068051E" w:rsidRDefault="0068051E" w:rsidP="0068051E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068051E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Support for application</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068051E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7266D8A8" w14:textId="5E5834B2" w:rsidR="0068051E" w:rsidRPr="0068051E" w:rsidRDefault="003508FD" w:rsidP="0068051E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="578"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+            <w:color w:val="001F5F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="-1647573476"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00C4596F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:color w:val="001F5F"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0068051E" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="0068051E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> support the applicant’s intention to join the </w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="0068051E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>AHCS PSA Accredited Register for CRPs via the Experienced Practitioner Gateway</w:t>
+      </w:r>
+      <w:r w:rsidR="00157796">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E929D10" w14:textId="194674F8" w:rsidR="0068051E" w:rsidRDefault="003508FD" w:rsidP="0068051E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="578"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:color w:val="001F5F"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="-2058621452"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00C4596F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:color w:val="001F5F"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0068051E" w:rsidRPr="00A53591">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+          <w:color w:val="001F5F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>will support the applicant to apply to the AHCS PSA Accredited Register for CRPs and a</w:t>
+      </w:r>
+      <w:r w:rsidR="00B77D1A" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aware that this application should be made within six months of passing through the Experienced Practitioner Gateway</w:t>
+      </w:r>
+      <w:r w:rsidR="0068051E" w:rsidRPr="48176C86">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47F94928" w14:textId="3E6EA34B" w:rsidR="00A53591" w:rsidRPr="00A53591" w:rsidRDefault="00A53591" w:rsidP="48176C86">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="502"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Hlk206138168"/>
+    </w:p>
+    <w:p w14:paraId="3B931FAD" w14:textId="77777777" w:rsidR="001B7098" w:rsidRPr="007653A6" w:rsidRDefault="001B7098" w:rsidP="001B7098">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="_Hlk206138208"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="007653A6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">this form is being </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007653A6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>re-submitt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007653A6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> after a request for </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">further </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007653A6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>information, please re-date the relevant box below.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DC15B0C" w14:textId="77777777" w:rsidR="00301D82" w:rsidRPr="00301D82" w:rsidRDefault="00301D82" w:rsidP="00337DEB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4620"/>
+        <w:gridCol w:w="4620"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A53591" w:rsidRPr="00301D82" w14:paraId="311C7A60" w14:textId="77777777" w:rsidTr="00656B27">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4510" w:type="dxa"/>
+            <w:tcW w:w="4620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4753949F" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="200D5B14" w14:textId="09DE0392" w:rsidR="00A53591" w:rsidRPr="00301D82" w:rsidRDefault="00A53591" w:rsidP="00301D82">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:kern w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
                 <w:sz w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:color w:val="001F5F"/>
-                <w:kern w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
                 <w:sz w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...60 lines deleted...]
-              <w:t>Signature:</w:t>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Question</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DF370EF" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3B6BC976" w14:textId="40777A7D" w:rsidR="00A53591" w:rsidRPr="00A53591" w:rsidRDefault="00A53591" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:kern w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
                 <w:sz w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:color w:val="001F5F"/>
-                <w:kern w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="001F5F"/>
                 <w:sz w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...73 lines deleted...]
-              <w:t>Signature:</w:t>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Response</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00337DEB" w:rsidRPr="00337DEB" w14:paraId="751E0B6D" w14:textId="77777777" w:rsidTr="0005739E">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00301D82" w:rsidRPr="00301D82" w14:paraId="5F0F8085" w14:textId="77777777" w:rsidTr="00656B27">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4510" w:type="dxa"/>
+            <w:tcW w:w="4620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16CCC2CF" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
-[...8 lines deleted...]
-                <w:kern w:val="0"/>
+          <w:p w14:paraId="5BD25B1A" w14:textId="42D969BA" w:rsidR="00301D82" w:rsidRPr="00A53591" w:rsidRDefault="00301D82" w:rsidP="00301D82">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
                 <w:sz w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-                <w:kern w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
                 <w:sz w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...60 lines deleted...]
-              <w:t>name:</w:t>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Line manager name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46E81C88" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
-[...8 lines deleted...]
-                <w:kern w:val="0"/>
+          <w:p w14:paraId="64064199" w14:textId="77777777" w:rsidR="00301D82" w:rsidRPr="00301D82" w:rsidRDefault="00301D82" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
                 <w:sz w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...85 lines deleted...]
-            </w:r>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00337DEB" w:rsidRPr="00337DEB" w14:paraId="42FB8BDD" w14:textId="77777777" w:rsidTr="0005739E">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00301D82" w:rsidRPr="00301D82" w14:paraId="356A759A" w14:textId="77777777" w:rsidTr="00656B27">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4510" w:type="dxa"/>
+            <w:tcW w:w="4620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CA93BDA" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
-[...8 lines deleted...]
-                <w:kern w:val="0"/>
+          <w:p w14:paraId="2C9F68E1" w14:textId="3C72B309" w:rsidR="00301D82" w:rsidRPr="00A53591" w:rsidRDefault="00301D82" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
                 <w:sz w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-                <w:kern w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
                 <w:sz w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...45 lines deleted...]
-              <w:t>email address:</w:t>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Line manager’s job title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EC47CFC" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
-[...9 lines deleted...]
-                <w:kern w:val="0"/>
+          <w:p w14:paraId="7A8758E6" w14:textId="77777777" w:rsidR="00301D82" w:rsidRPr="00301D82" w:rsidRDefault="00301D82" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
                 <w:sz w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...39 lines deleted...]
-            </w:r>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00301D82" w:rsidRPr="00301D82" w14:paraId="7931002D" w14:textId="77777777" w:rsidTr="00656B27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75253706" w14:textId="00E457A7" w:rsidR="00301D82" w:rsidRPr="00A53591" w:rsidRDefault="00301D82" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Line manager signature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60771B43" w14:textId="77777777" w:rsidR="00301D82" w:rsidRPr="00301D82" w:rsidRDefault="00301D82" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E334965" w14:textId="77777777" w:rsidR="00301D82" w:rsidRPr="00301D82" w:rsidRDefault="00301D82" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FBCCDD4" w14:textId="77777777" w:rsidR="00301D82" w:rsidRPr="00301D82" w:rsidRDefault="00301D82" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00301D82" w:rsidRPr="00301D82" w14:paraId="61BC0DBF" w14:textId="77777777" w:rsidTr="00656B27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70C24468" w14:textId="77777777" w:rsidR="00301D82" w:rsidRPr="00A53591" w:rsidRDefault="00301D82" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67C73EAB" w14:textId="77777777" w:rsidR="00301D82" w:rsidRPr="00301D82" w:rsidRDefault="00301D82" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00301D82" w:rsidRPr="00301D82" w14:paraId="7D6D10B6" w14:textId="77777777" w:rsidTr="00656B27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06683A3F" w14:textId="79131DC2" w:rsidR="00301D82" w:rsidRPr="00A53591" w:rsidRDefault="00301D82" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Line manager’s contact email address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="678F3EE7" w14:textId="77777777" w:rsidR="00301D82" w:rsidRPr="00301D82" w:rsidRDefault="00301D82" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00301D82" w:rsidRPr="00301D82" w14:paraId="35A89D1E" w14:textId="77777777" w:rsidTr="00656B27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28B9ACB2" w14:textId="09BC0526" w:rsidR="00301D82" w:rsidRPr="00A53591" w:rsidRDefault="00301D82" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A53591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Line manager’s contact telephone number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7622F1F1" w14:textId="77777777" w:rsidR="00301D82" w:rsidRPr="00301D82" w:rsidRDefault="00301D82" w:rsidP="00656B27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:color w:val="001F5F"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="25"/>
     </w:tbl>
-    <w:p w14:paraId="47317F97" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="4216BE11" w14:textId="77777777" w:rsidR="00301D82" w:rsidRPr="00301D82" w:rsidRDefault="00301D82" w:rsidP="00337DEB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47317F97" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-        <w:sectPr w:rsidR="00337DEB" w:rsidRPr="00337DEB">
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00337DEB" w:rsidRPr="00301D82">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1340" w:right="1320" w:bottom="920" w:left="1340" w:header="708" w:footer="731" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50F8A9AF" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
-[...25 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+    <w:p w14:paraId="391158A6" w14:textId="3114385D" w:rsidR="00337DEB" w:rsidRPr="00B16C77" w:rsidRDefault="00337DEB" w:rsidP="00B16C77">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="_bookmark0"/>
+      <w:bookmarkStart w:id="27" w:name="_bookmark1"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Appendix</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...8 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...20 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:r w:rsidR="00084703">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...14 lines deleted...]
-          <w:color w:val="001F5F"/>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Examples</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
           <w:spacing w:val="-5"/>
-          <w:kern w:val="0"/>
-[...3 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...20 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>range</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...20 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...20 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>qualifications</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...2 lines deleted...]
-          <w:color w:val="001F5F"/>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>listed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>below</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B16C77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="002060"/>
           <w:spacing w:val="-2"/>
-          <w:kern w:val="0"/>
-[...5 lines deleted...]
-        <w:t>duties</w:t>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>reference</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E9272A4" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
-[...3503 lines deleted...]
-    <w:p w14:paraId="54C854D2" w14:textId="01832EF6" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="54C854D2" w14:textId="01832EF6" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="76" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Educational</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Levels</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1-6,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>applicable</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>awards</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-5"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>made</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-5"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>England,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Wales</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Northern </w:t>
       </w:r>
-      <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
           <w:spacing w:val="-2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Ireland:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="00337DEB">
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="00301D82">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
             <w:w w:val="95"/>
             <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>https://www.gov.uk/what-different-qualification-levels-mean/list-of-qualification-</w:t>
         </w:r>
-        <w:r w:rsidRPr="00337DEB">
+        <w:r w:rsidRPr="00301D82">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
             <w:spacing w:val="-2"/>
             <w:w w:val="95"/>
             <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>levels</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="246AE484" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="246AE484" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="11" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33CD68D5" w14:textId="7BBAD035" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="33CD68D5" w14:textId="7BBAD035" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="92" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301D82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:color w:val="001F5F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Use this guide to compare qualifications awarded in Scotland:</w:t>
-[...14 lines deleted...]
-        <w:r w:rsidRPr="00337DEB">
+        <w:t xml:space="preserve">Use this guide to compare qualifications awarded in Scotland: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidRPr="00301D82">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
             <w:spacing w:val="-2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>https://www.sqa.org.uk/sqa/files_ccc/QualificationsCanCrossBoundaries.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6A3B74CA" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="6A3B74CA" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05FC592E" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="05FC592E" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="3" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="165" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4427"/>
         <w:gridCol w:w="4457"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00337DEB" w:rsidRPr="00337DEB" w14:paraId="212BCF1E" w14:textId="77777777" w:rsidTr="0005739E">
+      <w:tr w:rsidR="00337DEB" w:rsidRPr="00301D82" w14:paraId="212BCF1E" w14:textId="77777777" w:rsidTr="0005739E">
         <w:trPr>
           <w:trHeight w:val="10988"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4427" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CF5ED7D" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="3CF5ED7D" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="268" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-1"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>qualifications</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> are:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41A49B98" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="41A49B98" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">first </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>certificate</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62F1DF1F" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="62F1DF1F" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="181"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>GCSE</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-5"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>grades</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-6"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-6"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>grades</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>D,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>E, F, G</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74099E59" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="74099E59" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>award</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="300CA05D" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="300CA05D" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> certificate</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F70D624" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="6F70D624" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>diploma</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56D4126C" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="56D4126C" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="20D39014" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20D39014" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-1"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>qualifications</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> are:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F4B16BF" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="6F4B16BF" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>CSE</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-5"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-6"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>grade</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-5"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-10"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2EB4822B" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="2EB4822B" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>GCSE</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-5"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>grades</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-6"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>9,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>8,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>7,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-6"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-6"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>grades A*, A, B, C</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DF26AEF" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="5DF26AEF" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="1395"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>intermediate</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-17"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>apprenticeship level 2 award</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37FD3F52" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="37FD3F52" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> certificate</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0973073B" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="0973073B" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>diploma</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1CE91F21" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="1CE91F21" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="275" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>ESOL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="365BED69" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="365BED69" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="1609"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>level 2 essential skills level 2 functional skills level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-13"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-14"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>national</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-13"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>certificate level 2 national diploma level 2 NVQ</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FAFA65D" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="7FAFA65D" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>music</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>grades</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-10"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="108E3A18" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="108E3A18" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-1"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-1"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-1"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>grade</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>A, B</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-10"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B576B62" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="3B576B62" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="23BF5F14" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23BF5F14" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-1"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>qualifications</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> are:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FAF38E3" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="7FAF38E3" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">A </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>level</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00264645" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="00264645" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>access</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-10"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-10"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>higher</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-10"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>education</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-11"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>diploma advanced apprenticeship</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57626476" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="57626476" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>applied</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-5"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>general.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74B4E0D3" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="74B4E0D3" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">AS </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>level</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A2204B3" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="5A2204B3" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="181"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>international</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-17"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Baccalaureate</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-17"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>diploma level 3 award</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="661B1F37" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="661B1F37" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> certificate</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3989792B" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="3989792B" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>diploma</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69FA2795" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="69FA2795" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>ESOL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CCD6B7A" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="3CCD6B7A" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="1395"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-13"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-14"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>national</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-13"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>certificate level 3 national diploma level 3 NVQ</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05E0A7EC" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="05E0A7EC" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="256" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-10"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>music</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>grades</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-10"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FA0F3D3" w14:textId="375FA856" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="2FA0F3D3" w14:textId="375FA856" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="256" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>T Level tech level</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4457" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CB6AA96" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="4CB6AA96" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="268" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>ESOL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16BB1A88" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="16BB1A88" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="1554"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>level 1 essential skills level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-13"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-12"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>functional</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-13"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>skills</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22F58550" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="22F58550" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-10"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-11"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>national</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-10"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>vocational</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-10"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">qualification </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>(NVQ)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4008007D" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="4008007D" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>music</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>grades</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-10"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E079E9E" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="0E079E9E" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="555CD9C1" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="555CD9C1" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-1"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>qualifications</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> are:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="661AB074" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="661AB074" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>certificate</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-10"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-9"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>higher</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-12"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>education</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-9"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>CertHE</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>) higher apprenticeship</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28F04F33" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="28F04F33" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="663"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>higher</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-15"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>national</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-13"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>certificate</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-11"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>(HNC) level 4 award</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="261B1113" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="261B1113" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> certificate</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="776ACC8F" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="776ACC8F" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>diploma</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57366ECD" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="57366ECD" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-5"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>NVQ</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E459B31" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="5E459B31" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="2F5F9625" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F5F9625" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="275" w:lineRule="exact"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-1"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>qualifications</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> are:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="010FE023" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="010FE023" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>diploma</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-10"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-10"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>higher</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-10"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>education</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-10"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>(DipHE) foundation degree</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59165842" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="59165842" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="663"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>higher</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-16"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>national</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-14"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>diploma</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-13"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>(HND) level 5 award</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4944C900" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="4944C900" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> certificate</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6EDFCEF4" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="6EDFCEF4" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>diploma</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B134B32" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="1B134B32" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-5"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>NVQ</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E388E03" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="4E388E03" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="6AACE28D" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6AACE28D" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-1"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>qualifications</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> are:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="057C36C9" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="057C36C9" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>degree</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-1"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>apprenticeship</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="094E5E4B" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="094E5E4B" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">degree with </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>honours</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> - for example bachelor</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-7"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-8"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-8"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>arts</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-6"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>(BA)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-6"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>hons,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Bachelor of Science (BSc) hons</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E84093D" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="1E84093D" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="1993"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>graduate</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-17"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>certificate graduate diploma level 6 award</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A632028" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="4A632028" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> certificate</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57D584CF" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="57D584CF" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>diploma</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3554D0B7" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="3554D0B7" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>level</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-3"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-5"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>NVQ</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11D7DC51" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+          <w:p w14:paraId="11D7DC51" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
+                <w:kern w:val="0"/>
+                <w:lang w:val="en-US"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>ordinary</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>degree</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>without</w:t>
             </w:r>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-4"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00337DEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00301D82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cstheme="minorHAnsi"/>
                 <w:color w:val="001F5F"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="0"/>
                 <w:lang w:val="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>honours</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="28B57483" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
-[...18 lines deleted...]
-    <w:p w14:paraId="01427F70" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00337DEB" w:rsidRDefault="00337DEB" w:rsidP="00337DEB">
+    <w:p w14:paraId="1F31227D" w14:textId="77777777" w:rsidR="00034C5E" w:rsidRPr="00301D82" w:rsidRDefault="00034C5E" w:rsidP="593BD148">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="81" w:after="0" w:line="278" w:lineRule="auto"/>
         <w:ind w:right="224"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7338 lines deleted...]
-        <w:rPr>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="_bookmark2"/>
+      <w:bookmarkEnd w:id="28"/>
     </w:p>
-    <w:sectPr w:rsidR="00034C5E" w:rsidRPr="00034C5E" w:rsidSect="00D57C64">
-[...3 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:p w14:paraId="0E68786E" w14:textId="29EF9177" w:rsidR="593BD148" w:rsidRDefault="593BD148">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08C08F88" w14:textId="216F20FB" w:rsidR="5295D11A" w:rsidRDefault="5295D11A" w:rsidP="593BD148">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="81" w:after="0" w:line="278" w:lineRule="auto"/>
+        <w:ind w:right="224"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Appendix 2: Types of training</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F79FBCE" w14:textId="31F82A8E" w:rsidR="593BD148" w:rsidRDefault="593BD148" w:rsidP="593BD148">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="193E72"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C6977CC" w14:textId="79624E7F" w:rsidR="5295D11A" w:rsidRDefault="5295D11A" w:rsidP="593BD148">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="193E72"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="193E72"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>What counts as learning for the Other learning section?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3620DAF0" w14:textId="1083D481" w:rsidR="5295D11A" w:rsidRDefault="5295D11A" w:rsidP="593BD148">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="193E72"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="193E72"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Learning can be completed in a variety of different ways, such as work shadowing, peer review and carrying out a lessons learned exercise, as well as completing formal training. Please read the Continuing Professional Development: Standards and Guidance document available on the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27">
+        <w:r w:rsidRPr="593BD148">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>AHCS website</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="193E72"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for further information about this.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2436A74D" w14:textId="70A15426" w:rsidR="593BD148" w:rsidRDefault="593BD148" w:rsidP="593BD148">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="745C9E44" w14:textId="376D2008" w:rsidR="5295D11A" w:rsidRDefault="5295D11A" w:rsidP="593BD148">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="193E72"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="193E72"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>In the Other learning section, you can include study related training but not statutory training, mandatory training or study specific training.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3399F86B" w14:textId="063E674F" w:rsidR="593BD148" w:rsidRDefault="593BD148" w:rsidP="593BD148">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ABA51C8" w14:textId="12503EFB" w:rsidR="5295D11A" w:rsidRDefault="5295D11A" w:rsidP="593BD148">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Types of training</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BD9670D" w14:textId="40EB8BD2" w:rsidR="593BD148" w:rsidRDefault="593BD148" w:rsidP="593BD148">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="193E72"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18C7493F" w14:textId="45748269" w:rsidR="5295D11A" w:rsidRDefault="5295D11A" w:rsidP="593BD148">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="193E72"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="193E72"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Statutory training -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="193E72"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> formal training required by law on the basis of legislation e.g. Health and Safety legislation. Good Clinical Practice (GCP) is the agreed international standard for conducting clinical research. GCP training is required by law for researchers (including CRPs) working on research studies. In view of this, statutory training is not considered part of your professional development and should not therefore be included in the Other Learning section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="626F84D2" w14:textId="2175AA3D" w:rsidR="593BD148" w:rsidRDefault="593BD148" w:rsidP="593BD148">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B82597E" w14:textId="0D6377AE" w:rsidR="5295D11A" w:rsidRDefault="5295D11A" w:rsidP="593BD148">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="193E72"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="193E72"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mandatory training -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="193E72"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> formal, compulsory training that is determined essential by an organisation for the safe and efficient delivery of services e.g. hand hygiene. Mandatory training not directly related to your practice (e.g. fire training) should not be included in the Other learning section because it does not develop you as a healthcare professional. However, if you undertake mandatory training that is relevant to your scope of practice and professional development, such as training on equality awareness and eliminating bullying and harassment, you can include that.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B1238A4" w14:textId="33C8505C" w:rsidR="593BD148" w:rsidRDefault="593BD148" w:rsidP="593BD148">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="136E485D" w14:textId="7D0EC45B" w:rsidR="5295D11A" w:rsidRDefault="5295D11A" w:rsidP="593BD148">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="193E72"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="193E72"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Study specific training - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="193E72"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>only</w:t>
+      </w:r>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="193E72"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="193E72"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">relevant for a specific study e.g. training on how to complete a study-specific data collection form. Study specific training is unlikely to have any wider use beyond the scope of the study and should not be included in the Other learning section because it does not develop you as a healthcare professional. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CC3A327" w14:textId="7E17FB61" w:rsidR="593BD148" w:rsidRDefault="593BD148" w:rsidP="593BD148">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04EC17CD" w14:textId="7F512AD8" w:rsidR="5295D11A" w:rsidRDefault="5295D11A" w:rsidP="593BD148">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="193E72"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="193E72"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Study related training - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="593BD148">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="193E72"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>relevant to a study you worked on and your overall development as a healthcare professional, such as training about research inclusion. This type of training can be included in the Other learning section because it develops you as a healthcare professional and is likely to improve your research practice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="225D9D16" w14:textId="31D72DED" w:rsidR="00034C5E" w:rsidRPr="00301D82" w:rsidRDefault="00034C5E" w:rsidP="593BD148">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="81" w:after="0" w:line="278" w:lineRule="auto"/>
+        <w:ind w:right="224"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00034C5E" w:rsidRPr="00301D82" w:rsidSect="00301D82">
+      <w:pgSz w:w="11910" w:h="16840"/>
+      <w:pgMar w:top="1340" w:right="1320" w:bottom="920" w:left="1340" w:header="708" w:footer="731" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
+<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:comment w:id="1" w:author="gill.long@nihr.ac.uk" w:date="2025-09-02T09:22:00Z" w:initials="gi">
+    <w:p w14:paraId="1D8F249A" w14:textId="074C26DF" w:rsidR="004879E4" w:rsidRDefault="00C4596F">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidRPr="6289494C">
+        <w:t>Added text</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="6" w:author="Gill Long" w:date="2025-08-11T08:19:00Z" w:initials="GL">
+    <w:p w14:paraId="54EA2EB3" w14:textId="5AE2A51D" w:rsidR="009E2D13" w:rsidRDefault="009E2D13" w:rsidP="009E2D13">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Links to Gateway page - suggest guidance is placed there as well as on standards page</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="7" w:author="Milly Brittain" w:date="2025-09-01T15:11:00Z" w:initials="MB">
+    <w:p w14:paraId="0FB41E16" w14:textId="77777777" w:rsidR="00981FC0" w:rsidRDefault="00981FC0" w:rsidP="00981FC0">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>To link to the Gateway page or to a specific document?</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="8" w:author="gill.long@nihr.ac.uk" w:date="2025-09-02T09:21:00Z" w:initials="gi">
+    <w:p w14:paraId="4E3E6B7E" w14:textId="0E6C6836" w:rsidR="004879E4" w:rsidRDefault="00C4596F">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidRPr="704F0DB3">
+        <w:t>This link is the link to the Gateway page. We need to make sure the Gateway guidance document and EPG templates are added to the Gateway page so all the Gateway documentation is together</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="12" w:author="Gill Long" w:date="2025-08-11T08:19:00Z" w:initials="GL">
+    <w:p w14:paraId="1728D378" w14:textId="5E995E4F" w:rsidR="009E2D13" w:rsidRDefault="009E2D13" w:rsidP="009E2D13">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Links to Gateway page - suggest guidance is placed there as well as on standards page</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+</w:comments>
+</file>
+
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:commentEx w15:paraId="1D8F249A" w15:done="1"/>
+  <w15:commentEx w15:paraId="54EA2EB3" w15:done="1"/>
+  <w15:commentEx w15:paraId="0FB41E16" w15:paraIdParent="54EA2EB3" w15:done="1"/>
+  <w15:commentEx w15:paraId="4E3E6B7E" w15:paraIdParent="54EA2EB3" w15:done="1"/>
+  <w15:commentEx w15:paraId="1728D378" w15:done="1"/>
+</w15:commentsEx>
+</file>
+
+<file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
+  <w16cex:commentExtensible w16cex:durableId="591BC632" w16cex:dateUtc="2025-09-02T08:22:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="185FDC48" w16cex:dateUtc="2025-08-11T07:19:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="5AFE8F19" w16cex:dateUtc="2025-09-01T14:11:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="670B42C4" w16cex:dateUtc="2025-09-02T08:21:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="4594645B" w16cex:dateUtc="2025-08-11T07:19:00Z"/>
+</w16cex:commentsExtensible>
+</file>
+
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w16cid:commentId w16cid:paraId="1D8F249A" w16cid:durableId="591BC632"/>
+  <w16cid:commentId w16cid:paraId="54EA2EB3" w16cid:durableId="185FDC48"/>
+  <w16cid:commentId w16cid:paraId="0FB41E16" w16cid:durableId="5AFE8F19"/>
+  <w16cid:commentId w16cid:paraId="4E3E6B7E" w16cid:durableId="670B42C4"/>
+  <w16cid:commentId w16cid:paraId="1728D378" w16cid:durableId="4594645B"/>
+</w16cid:commentsIds>
+</file>
+
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="083E150C" w14:textId="77777777" w:rsidR="000136EC" w:rsidRDefault="000136EC" w:rsidP="00F9125D">
+    <w:p w14:paraId="638E6A7B" w14:textId="77777777" w:rsidR="002F5FCA" w:rsidRDefault="002F5FCA" w:rsidP="00F9125D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0F6AE4D7" w14:textId="77777777" w:rsidR="000136EC" w:rsidRDefault="000136EC" w:rsidP="00F9125D">
+    <w:p w14:paraId="0309FCC6" w14:textId="77777777" w:rsidR="002F5FCA" w:rsidRDefault="002F5FCA" w:rsidP="00F9125D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...8 lines deleted...]
-    <w:panose1 w:val="05050102010706020507"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-    <w:panose1 w:val="05000000000000000000"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-  </w:font>
-[...6 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1974A64F" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRDefault="00337DEB">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1974A64F" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRDefault="003508FD">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:pict w14:anchorId="006ECDE1">
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
-        <v:shape id="docshape2" o:spid="_x0000_s12290" type="#_x0000_t202" style="position:absolute;margin-left:71pt;margin-top:794.35pt;width:180.1pt;height:13.05pt;z-index:-251656192;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" filled="f" stroked="f">
+        <v:shape id="docshape2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:71pt;margin-top:794.35pt;width:180.1pt;height:13.05pt;z-index:-251658239;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" filled="f" stroked="f">
           <v:textbox inset="0,0,0,0">
             <w:txbxContent>
               <w:p w14:paraId="6F6BC09E" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRDefault="00337DEB">
                 <w:pPr>
                   <w:spacing w:line="245" w:lineRule="exact"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri"/>
                   </w:rPr>
                   <w:t>EPG</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri"/>
                     <w:spacing w:val="-6"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri"/>
@@ -29369,93 +18654,93 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri"/>
                     <w:spacing w:val="-3"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri"/>
                     <w:spacing w:val="-4"/>
                   </w:rPr>
                   <w:t>Form</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
           <w10:wrap anchorx="page" anchory="page"/>
         </v:shape>
       </w:pict>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:pict w14:anchorId="35DCDAD9">
-        <v:shape id="docshape3" o:spid="_x0000_s12291" type="#_x0000_t202" style="position:absolute;margin-left:275.65pt;margin-top:794.35pt;width:44.05pt;height:13.05pt;z-index:-251655168;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" filled="f" stroked="f">
+        <v:shape id="docshape3" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:275.65pt;margin-top:794.35pt;width:44.05pt;height:13.05pt;z-index:-251658238;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" filled="f" stroked="f">
           <v:textbox inset="0,0,0,0">
             <w:txbxContent>
-              <w:p w14:paraId="2CB0360C" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRDefault="00337DEB">
+              <w:p w14:paraId="2CB0360C" w14:textId="31FDA37F" w:rsidR="00337DEB" w:rsidRDefault="00337DEB">
                 <w:pPr>
                   <w:spacing w:line="245" w:lineRule="exact"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri"/>
                   </w:rPr>
                   <w:t>Version</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri"/>
                     <w:spacing w:val="-8"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidR="00301D82">
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri"/>
                     <w:spacing w:val="-10"/>
                   </w:rPr>
-                  <w:t>3</w:t>
+                  <w:t>4</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
           <w10:wrap anchorx="page" anchory="page"/>
         </v:shape>
       </w:pict>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:pict w14:anchorId="74C493D1">
-        <v:shape id="docshape4" o:spid="_x0000_s12292" type="#_x0000_t202" style="position:absolute;margin-left:509.25pt;margin-top:794.35pt;width:18.3pt;height:13.05pt;z-index:-251654144;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" filled="f" stroked="f">
+        <v:shape id="docshape4" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:509.25pt;margin-top:794.35pt;width:18.3pt;height:13.05pt;z-index:-251658237;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" filled="f" stroked="f">
           <v:textbox inset="0,0,0,0">
             <w:txbxContent>
               <w:p w14:paraId="0F5B02B8" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRDefault="00337DEB">
                 <w:pPr>
                   <w:spacing w:line="245" w:lineRule="exact"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri"/>
                     <w:spacing w:val="-5"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri"/>
                     <w:spacing w:val="-5"/>
                   </w:rPr>
                   <w:instrText xml:space="preserve"> PAGE </w:instrText>
                 </w:r>
                 <w:r>
                   <w:rPr>
@@ -29468,10571 +18753,1473 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri"/>
                     <w:spacing w:val="-5"/>
                   </w:rPr>
                   <w:t>10</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri"/>
                     <w:spacing w:val="-5"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
           <w10:wrap anchorx="page" anchory="page"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="45E0EF6F" w14:textId="77777777" w:rsidR="000136EC" w:rsidRDefault="000136EC" w:rsidP="00F9125D">
+    <w:p w14:paraId="1A49FB0F" w14:textId="77777777" w:rsidR="002F5FCA" w:rsidRDefault="002F5FCA" w:rsidP="00F9125D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="16C692D6" w14:textId="77777777" w:rsidR="000136EC" w:rsidRDefault="000136EC" w:rsidP="00F9125D">
+    <w:p w14:paraId="3336817F" w14:textId="77777777" w:rsidR="002F5FCA" w:rsidRDefault="002F5FCA" w:rsidP="00F9125D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2FAB5FDC" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRDefault="00337DEB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2FAB5FDC" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRDefault="003508FD">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:pict w14:anchorId="4AB442AD">
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
-        <v:shape id="docshape1" o:spid="_x0000_s12289" type="#_x0000_t202" style="position:absolute;margin-left:135.95pt;margin-top:34.4pt;width:388.1pt;height:14pt;z-index:-251657216;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" filled="f" stroked="f">
+        <v:shape id="docshape1" o:spid="_x0000_s1025" type="#_x0000_t202" style="position:absolute;margin-left:135.95pt;margin-top:34.4pt;width:388.1pt;height:14pt;z-index:-251658240;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" filled="f" stroked="f">
           <v:textbox inset="0,0,0,0">
             <w:txbxContent>
-              <w:p w14:paraId="3467AE31" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRDefault="00337DEB">
+              <w:p w14:paraId="3467AE31" w14:textId="77777777" w:rsidR="00337DEB" w:rsidRPr="00301D82" w:rsidRDefault="00337DEB">
                 <w:pPr>
                   <w:spacing w:before="16"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma"/>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="008F197C">
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma"/>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
-                    <w:color w:val="747BA2"/>
+                    <w:color w:val="172247"/>
                     <w:w w:val="85"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Applying</w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008F197C">
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma"/>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
-                    <w:color w:val="747BA2"/>
+                    <w:color w:val="172247"/>
                     <w:spacing w:val="13"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008F197C">
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma"/>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
-                    <w:color w:val="747BA2"/>
+                    <w:color w:val="172247"/>
                     <w:w w:val="85"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>for</w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008F197C">
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma"/>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
-                    <w:color w:val="747BA2"/>
+                    <w:color w:val="172247"/>
                     <w:spacing w:val="13"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008F197C">
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma"/>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
-                    <w:color w:val="747BA2"/>
+                    <w:color w:val="172247"/>
                     <w:w w:val="85"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>access</w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008F197C">
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma"/>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
-                    <w:color w:val="747BA2"/>
+                    <w:color w:val="172247"/>
                     <w:spacing w:val="15"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008F197C">
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma"/>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
-                    <w:color w:val="747BA2"/>
+                    <w:color w:val="172247"/>
                     <w:w w:val="85"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>to</w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008F197C">
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma"/>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
-                    <w:color w:val="747BA2"/>
+                    <w:color w:val="172247"/>
                     <w:spacing w:val="14"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008F197C">
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma"/>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
-                    <w:color w:val="747BA2"/>
+                    <w:color w:val="172247"/>
                     <w:w w:val="85"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>CRP</w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008F197C">
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma"/>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
-                    <w:color w:val="747BA2"/>
+                    <w:color w:val="172247"/>
                     <w:spacing w:val="15"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008F197C">
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma"/>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
-                    <w:color w:val="747BA2"/>
+                    <w:color w:val="172247"/>
                     <w:w w:val="85"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Registration</w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008F197C">
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma"/>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
-                    <w:color w:val="747BA2"/>
+                    <w:color w:val="172247"/>
                     <w:spacing w:val="18"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008F197C">
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma"/>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
-                    <w:color w:val="747BA2"/>
+                    <w:color w:val="172247"/>
                     <w:w w:val="85"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>through</w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008F197C">
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma"/>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
-                    <w:color w:val="747BA2"/>
+                    <w:color w:val="172247"/>
                     <w:spacing w:val="13"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008F197C">
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma"/>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
-                    <w:color w:val="747BA2"/>
+                    <w:color w:val="172247"/>
                     <w:w w:val="85"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>the</w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008F197C">
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma"/>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
-                    <w:color w:val="747BA2"/>
+                    <w:color w:val="172247"/>
                     <w:spacing w:val="16"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008F197C">
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma"/>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
-                    <w:color w:val="747BA2"/>
+                    <w:color w:val="172247"/>
                     <w:w w:val="85"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Experienced</w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008F197C">
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma"/>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
-                    <w:color w:val="747BA2"/>
+                    <w:color w:val="172247"/>
                     <w:spacing w:val="14"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008F197C">
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma"/>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
-                    <w:color w:val="747BA2"/>
+                    <w:color w:val="172247"/>
                     <w:w w:val="85"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Practitioner</w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008F197C">
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma"/>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
-                    <w:color w:val="747BA2"/>
+                    <w:color w:val="172247"/>
                     <w:spacing w:val="16"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
-                <w:r>
+                <w:r w:rsidRPr="008F197C">
                   <w:rPr>
-                    <w:rFonts w:ascii="Tahoma"/>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
-                    <w:color w:val="747BA2"/>
+                    <w:color w:val="172247"/>
                     <w:spacing w:val="-2"/>
                     <w:w w:val="85"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Gateway</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
           <w10:wrap anchorx="page" anchory="page"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="01844DCA"/>
+    <w:nsid w:val="0AF05E08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="15909040"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="15AA92D0"/>
+    <w:lvl w:ilvl="0" w:tplc="A8E862DC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="361"/>
+        <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="A7F04BB2">
+    <w:lvl w:ilvl="1" w:tplc="30C2E3F6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080"/>
+        <w:ind w:left="1222" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="4F7EEBF6">
+    <w:lvl w:ilvl="2" w:tplc="0C660A2E">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800"/>
+        <w:ind w:left="1942" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="E4FE8954">
+    <w:lvl w:ilvl="3" w:tplc="0B9EE832">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520"/>
+        <w:ind w:left="2662" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FB42A164">
+    <w:lvl w:ilvl="4" w:tplc="489843A4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240"/>
+        <w:ind w:left="3382" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="E6782732">
+    <w:lvl w:ilvl="5" w:tplc="3A1CC360">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%6"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960"/>
+        <w:ind w:left="4102" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="374CCFF0">
+    <w:lvl w:ilvl="6" w:tplc="BB0C40EE">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680"/>
+        <w:ind w:left="4822" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="E7B48782">
+    <w:lvl w:ilvl="7" w:tplc="4F7236D0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400"/>
+        <w:ind w:left="5542" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="1AF8EAC0">
+    <w:lvl w:ilvl="8" w:tplc="14A676AC">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%9"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120"/>
+        <w:ind w:left="6262" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="02D27276"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:nsid w:val="1BB0715F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3C24B704"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="709"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="4BE4D66A">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="4D7C1854">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="C5C6E9BE">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="DBA04A86">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="8830FA86">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%6"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="8FE6FE64">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FBE062F4">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="BAFCE2F4">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%9"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="034171E9"/>
+    <w:nsid w:val="29B4547C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6FCC40EE"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="79DA179E"/>
+    <w:lvl w:ilvl="0" w:tplc="78805D5A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="361"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="035C396A">
+    <w:lvl w:ilvl="1" w:tplc="DD629D4A">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="709"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04D6FB28">
+    <w:lvl w:ilvl="2" w:tplc="A9CEB488">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1070"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="DDCC8618">
+    <w:lvl w:ilvl="3" w:tplc="4F34D1EC">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="C48475E6">
+    <w:lvl w:ilvl="4" w:tplc="D558510E">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2509"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="5ECE69D6">
+    <w:lvl w:ilvl="5" w:tplc="0292011C">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%6"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="B97422BE">
+    <w:lvl w:ilvl="6" w:tplc="DBAAA82C">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="5BEE1C3C">
+    <w:lvl w:ilvl="7" w:tplc="4FC25FD6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4669"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="AF2E1E0E">
+    <w:lvl w:ilvl="8" w:tplc="2764A6EC">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%9"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="06DD6F4A"/>
+    <w:nsid w:val="529013D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6DAAA816"/>
-[...1088 lines deleted...]
-    <w:tmpl w:val="2DE627FC"/>
+    <w:tmpl w:val="FD8202C8"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="786" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1506" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2226" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2946" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3666" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4386" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5106" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5826" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6546" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1674150A"/>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="62A4E570"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7822497C"/>
+    <w:tmpl w:val="3A9274E8"/>
+    <w:lvl w:ilvl="0" w:tplc="4FF499F8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="5110643E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="276E2900">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="3470F574">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="2292AA58">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="9D7C45FA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="06507302">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="846C9C2E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="42422E8A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6509571D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7B8E5AE4"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1289" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2009" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2729" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3449" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4169" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4889" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5609" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6329" w:hanging="360"/>
-[...2842 lines deleted...]
-        <w:ind w:left="6753" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7473" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4677018B"/>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="789CF3AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B82C045E"/>
-    <w:lvl w:ilvl="0" w:tplc="08090001">
+    <w:tmpl w:val="060EA956"/>
+    <w:lvl w:ilvl="0" w:tplc="C6F08EC2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...23 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="4A7E1E46">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...23 lines deleted...]
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="1222" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="D2BC05AE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="1942" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="5336A73A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="360"/>
+        <w:ind w:left="2662" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="C628A6DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7920" w:hanging="360"/>
+        <w:ind w:left="3382" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="71B48926">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4102" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="E0EEA83C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4822" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A59859F0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5542" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="DE701DF4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6262" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
-[...5065 lines deleted...]
-  <w:num w:numId="4" w16cid:durableId="1971353117">
+  <w:num w:numId="1" w16cid:durableId="942416265">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="99381488">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="2" w16cid:durableId="704522771">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="33425844">
+  <w:num w:numId="3" w16cid:durableId="1165589691">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1477070898">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1133328391">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1924601635">
-    <w:abstractNumId w:val="29"/>
+  <w:num w:numId="6" w16cid:durableId="1354040449">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1393506330">
+  <w:num w:numId="7" w16cid:durableId="538057714">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1255630441">
-[...148 lines deleted...]
-  </w:num>
+  <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="gill.long@nihr.ac.uk">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::urn:spo:guest#gill.long@nihr.ac.uk::"/>
+  </w15:person>
+  <w15:person w15:author="Gill Long">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::medglon@leeds.ac.uk::8ae44a5c-6754-418b-8fa7-06aaee964b71"/>
+  </w15:person>
+  <w15:person w15:author="Milly Brittain">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::milly.brittain@ahcs.ac.uk::44e64cc8-62f4-44eb-bc3a-b81fe2e415a7"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12293"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="12"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C8272D"/>
+    <w:rsid w:val="0000607F"/>
+    <w:rsid w:val="00006894"/>
     <w:rsid w:val="000136EC"/>
+    <w:rsid w:val="00014696"/>
+    <w:rsid w:val="000224C3"/>
     <w:rsid w:val="00030EDA"/>
     <w:rsid w:val="00034C5E"/>
+    <w:rsid w:val="00050CF3"/>
+    <w:rsid w:val="00052BF9"/>
+    <w:rsid w:val="000551C8"/>
+    <w:rsid w:val="00084703"/>
     <w:rsid w:val="0009366D"/>
+    <w:rsid w:val="00094C1C"/>
+    <w:rsid w:val="000D145C"/>
+    <w:rsid w:val="000F7007"/>
+    <w:rsid w:val="00134CEB"/>
     <w:rsid w:val="00144AF3"/>
+    <w:rsid w:val="001506FB"/>
+    <w:rsid w:val="00154C6D"/>
+    <w:rsid w:val="00157796"/>
+    <w:rsid w:val="0017530C"/>
+    <w:rsid w:val="001B7098"/>
+    <w:rsid w:val="001D42D1"/>
+    <w:rsid w:val="001F7008"/>
     <w:rsid w:val="002034F0"/>
+    <w:rsid w:val="00252DAE"/>
+    <w:rsid w:val="00263C86"/>
+    <w:rsid w:val="002A546C"/>
+    <w:rsid w:val="002A7AEE"/>
+    <w:rsid w:val="002B1965"/>
+    <w:rsid w:val="002B7F9A"/>
+    <w:rsid w:val="002C1BE7"/>
+    <w:rsid w:val="002C7C0F"/>
+    <w:rsid w:val="002D603F"/>
+    <w:rsid w:val="002E5F56"/>
     <w:rsid w:val="002E7ED1"/>
+    <w:rsid w:val="002F5FCA"/>
+    <w:rsid w:val="00301D82"/>
+    <w:rsid w:val="003200F7"/>
     <w:rsid w:val="00337DEB"/>
+    <w:rsid w:val="003400D3"/>
+    <w:rsid w:val="003508FD"/>
+    <w:rsid w:val="00365BBB"/>
+    <w:rsid w:val="003704A4"/>
+    <w:rsid w:val="003917F1"/>
+    <w:rsid w:val="003A3BDC"/>
+    <w:rsid w:val="003C2278"/>
+    <w:rsid w:val="003F466B"/>
     <w:rsid w:val="004501D4"/>
+    <w:rsid w:val="0048274E"/>
+    <w:rsid w:val="00486699"/>
+    <w:rsid w:val="004879E4"/>
     <w:rsid w:val="00495BBB"/>
     <w:rsid w:val="004B2596"/>
+    <w:rsid w:val="004C6427"/>
+    <w:rsid w:val="00505698"/>
+    <w:rsid w:val="00507076"/>
+    <w:rsid w:val="0052190A"/>
     <w:rsid w:val="00536292"/>
+    <w:rsid w:val="00540699"/>
+    <w:rsid w:val="00540DBC"/>
+    <w:rsid w:val="00545023"/>
+    <w:rsid w:val="00576870"/>
+    <w:rsid w:val="005D279D"/>
+    <w:rsid w:val="005D48A0"/>
+    <w:rsid w:val="005E7174"/>
+    <w:rsid w:val="005F2F7F"/>
+    <w:rsid w:val="006475FE"/>
+    <w:rsid w:val="00651F27"/>
+    <w:rsid w:val="00654CB5"/>
+    <w:rsid w:val="00657C7B"/>
+    <w:rsid w:val="00664E38"/>
+    <w:rsid w:val="0068051E"/>
+    <w:rsid w:val="0069282E"/>
+    <w:rsid w:val="006A1671"/>
+    <w:rsid w:val="006C07A7"/>
+    <w:rsid w:val="006C0FE1"/>
+    <w:rsid w:val="00743758"/>
+    <w:rsid w:val="007632F9"/>
+    <w:rsid w:val="007653A6"/>
+    <w:rsid w:val="007A68B4"/>
+    <w:rsid w:val="007B42CB"/>
     <w:rsid w:val="007F2607"/>
+    <w:rsid w:val="007F37D3"/>
+    <w:rsid w:val="00870016"/>
     <w:rsid w:val="008975CD"/>
     <w:rsid w:val="008A0752"/>
+    <w:rsid w:val="008D4041"/>
+    <w:rsid w:val="008E7B6F"/>
+    <w:rsid w:val="008E7C5A"/>
+    <w:rsid w:val="008F197C"/>
+    <w:rsid w:val="008F4E90"/>
+    <w:rsid w:val="00974EC8"/>
+    <w:rsid w:val="00975E39"/>
+    <w:rsid w:val="00981FC0"/>
+    <w:rsid w:val="00986884"/>
     <w:rsid w:val="00995D1D"/>
+    <w:rsid w:val="009A0120"/>
+    <w:rsid w:val="009D4025"/>
+    <w:rsid w:val="009D5D5B"/>
+    <w:rsid w:val="009E0C25"/>
+    <w:rsid w:val="009E2D13"/>
     <w:rsid w:val="009E6071"/>
+    <w:rsid w:val="00A05A39"/>
     <w:rsid w:val="00A256A1"/>
+    <w:rsid w:val="00A37313"/>
     <w:rsid w:val="00A44EA1"/>
+    <w:rsid w:val="00A53591"/>
     <w:rsid w:val="00A6028F"/>
+    <w:rsid w:val="00A66A3A"/>
+    <w:rsid w:val="00AF26B2"/>
+    <w:rsid w:val="00B16C77"/>
     <w:rsid w:val="00B6411C"/>
     <w:rsid w:val="00B64B10"/>
     <w:rsid w:val="00B72193"/>
+    <w:rsid w:val="00B77D1A"/>
+    <w:rsid w:val="00B84643"/>
+    <w:rsid w:val="00B91F53"/>
     <w:rsid w:val="00BA3AA8"/>
     <w:rsid w:val="00BA54BD"/>
+    <w:rsid w:val="00BC0694"/>
+    <w:rsid w:val="00BC49A8"/>
+    <w:rsid w:val="00BD5C69"/>
+    <w:rsid w:val="00C26622"/>
+    <w:rsid w:val="00C33B47"/>
     <w:rsid w:val="00C3582C"/>
     <w:rsid w:val="00C40917"/>
+    <w:rsid w:val="00C4596F"/>
+    <w:rsid w:val="00C63FD9"/>
+    <w:rsid w:val="00C6686B"/>
+    <w:rsid w:val="00C70ECF"/>
     <w:rsid w:val="00C8272D"/>
+    <w:rsid w:val="00C84C17"/>
+    <w:rsid w:val="00C85AF4"/>
     <w:rsid w:val="00CA250E"/>
+    <w:rsid w:val="00CB6346"/>
+    <w:rsid w:val="00CC0D40"/>
+    <w:rsid w:val="00CC611C"/>
+    <w:rsid w:val="00D05238"/>
+    <w:rsid w:val="00D13ACB"/>
+    <w:rsid w:val="00D239C4"/>
+    <w:rsid w:val="00D4190B"/>
     <w:rsid w:val="00D41B85"/>
     <w:rsid w:val="00D57C64"/>
+    <w:rsid w:val="00D94AA8"/>
     <w:rsid w:val="00DE5013"/>
+    <w:rsid w:val="00DF547E"/>
     <w:rsid w:val="00E317FA"/>
+    <w:rsid w:val="00E64377"/>
+    <w:rsid w:val="00E77E75"/>
     <w:rsid w:val="00EA1552"/>
+    <w:rsid w:val="00EB36E2"/>
     <w:rsid w:val="00EB4740"/>
     <w:rsid w:val="00ED22D1"/>
+    <w:rsid w:val="00EE1153"/>
+    <w:rsid w:val="00F02E16"/>
     <w:rsid w:val="00F21888"/>
     <w:rsid w:val="00F57173"/>
+    <w:rsid w:val="00F61050"/>
+    <w:rsid w:val="00F65DE8"/>
     <w:rsid w:val="00F9125D"/>
+    <w:rsid w:val="00FA04A9"/>
+    <w:rsid w:val="00FF0B50"/>
+    <w:rsid w:val="00FF16FA"/>
+    <w:rsid w:val="03C1E385"/>
+    <w:rsid w:val="03EAA121"/>
+    <w:rsid w:val="0666197F"/>
+    <w:rsid w:val="06E6CB1E"/>
+    <w:rsid w:val="08975618"/>
+    <w:rsid w:val="098A788E"/>
+    <w:rsid w:val="0D818664"/>
+    <w:rsid w:val="0DE72AAF"/>
+    <w:rsid w:val="0ECE47D7"/>
+    <w:rsid w:val="0FAB5CB7"/>
+    <w:rsid w:val="1152B2C0"/>
+    <w:rsid w:val="11F59E73"/>
+    <w:rsid w:val="1269FC90"/>
+    <w:rsid w:val="1393A6C7"/>
+    <w:rsid w:val="1A387D5C"/>
+    <w:rsid w:val="1F4DC468"/>
+    <w:rsid w:val="2C576451"/>
+    <w:rsid w:val="319E8F1C"/>
+    <w:rsid w:val="31B7BAE6"/>
+    <w:rsid w:val="3220E924"/>
+    <w:rsid w:val="33B3427B"/>
+    <w:rsid w:val="3599C6D1"/>
+    <w:rsid w:val="35CCF4A7"/>
+    <w:rsid w:val="37075878"/>
+    <w:rsid w:val="396CCA19"/>
+    <w:rsid w:val="3D5FD8AC"/>
+    <w:rsid w:val="3E5C77F6"/>
+    <w:rsid w:val="42F13E9D"/>
+    <w:rsid w:val="43D565C1"/>
+    <w:rsid w:val="44A33E65"/>
+    <w:rsid w:val="48176C86"/>
+    <w:rsid w:val="484DAFAD"/>
+    <w:rsid w:val="4E58EE4E"/>
+    <w:rsid w:val="4FFD0602"/>
+    <w:rsid w:val="527741C8"/>
+    <w:rsid w:val="5295D11A"/>
+    <w:rsid w:val="564803FF"/>
+    <w:rsid w:val="5671F4FC"/>
+    <w:rsid w:val="5737F26A"/>
+    <w:rsid w:val="593BD148"/>
+    <w:rsid w:val="5A2711B0"/>
+    <w:rsid w:val="5A725F95"/>
+    <w:rsid w:val="5F58A457"/>
+    <w:rsid w:val="668F422D"/>
+    <w:rsid w:val="68275AD9"/>
+    <w:rsid w:val="7122DCAB"/>
+    <w:rsid w:val="735674F2"/>
+    <w:rsid w:val="754777E8"/>
+    <w:rsid w:val="7AC64A05"/>
+    <w:rsid w:val="7C410D58"/>
+    <w:rsid w:val="7DF2C537"/>
+    <w:rsid w:val="7EDC0587"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12293"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="63DA8249"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D2EE2345-3F0A-4CE0-AC49-6261BE3B677E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -40436,50 +20623,51 @@
     <w:name w:val="heading 2"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F9125D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="90" w:line="271" w:lineRule="auto"/>
       <w:ind w:left="10" w:hanging="10"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="7B0040"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
@@ -40963,62 +21151,512 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:kern w:val="0"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
       <w:lang w:val="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00337DEB"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:kern w:val="0"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
       <w:lang w:val="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002B1965"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="417679459">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="120151971">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="765614663">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="954290108">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="395394474">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="532428146">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="535894790">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1031952398">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="721636896">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="812452272">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="972832463">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2126732865">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="783112482">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1235818675">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1992174010">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="589394328">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1039866285">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="106704964">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1419711356">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="167061425">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="619149654">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="751658131">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="845021436">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="959455835">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1171140950">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1685866043">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1818105247">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1895464496">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="468861999">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="179855417">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1839155865">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1325279420">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="962079887">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sqa.org.uk/sqa/files_ccc/QualificationsCanCrossBoundaries.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/what-different-qualification-levels-mean/list-of-qualification-levels" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ahcs.ac.uk/registration/psa-accredited-register/clinical-research-practitioners/about-the-gateway/?_gl=1*1jibgzp*_ga*MTQyOTAxNTY3My4xNzI2NTY3ODc0*_ga_XYYDSK06V3*czE3NTM3MTY2NjkkbzI3MCRnMCR0MTc1MzcxNjY2OSRqNjAkbDAkaDA." TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sqa.org.uk/sqa/files_ccc/QualificationsCanCrossBoundaries.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ahcs.ac.uk/registration/psa-accredited-register/clinical-research-practitioners/standards-rules-guidance/?_gl=1*1vdphjm*_ga*MTQyOTAxNTY3My4xNzI2NTY3ODc0*_ga_XYYDSK06V3*czE3NTQ5MDc5OTIkbzI5NSRnMSR0MTc1NDkwNzk5MiRqNjAkbDAkaDA." TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/what-different-qualification-levels-mean/list-of-qualification-levels" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId29" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skillsforhealth.org.uk/wp-content/uploads/2020/11/Career_framework_key_elements.pdf%22%20HYPERLINK%20%22https:/www.skillsforhealth.org.uk/wp-content/uploads/2020/11/Career_framework_key_elements.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.google.com/nihr.ac.uk/clinicalresearchpractitioners/registered-crps" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skillsforhealth.org.uk/wp-content/uploads/2020/11/Career_framework_key_elements.pdf%22%20HYPERLINK%20%22https:/www.skillsforhealth.org.uk/wp-content/uploads/2020/11/Career_framework_key_elements.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ahcs.ac.uk/privacy-legal-obligations/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.google.com/nihr.ac.uk/clinicalresearchpractitioners/crp-engagement-leads" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.skillsforhealth.org.uk/wp-content/uploads/2020/11/Career_framework_key_elements.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ahcs.ac.uk/registration/psa-accredited-register/clinical-research-practitioners/continuing-professional-development-cpd/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -41272,74 +21910,395 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002D94A8F844130E4C97B98697F5185441" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6d6f4611b1cd40082da0530a40c71212">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8e62c65f-9b18-46aa-8570-83d504000930" xmlns:ns3="f8463c38-1467-44a6-8107-ad753b38574d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea659ab77b4f83b07f29cc2e9e38560b" ns2:_="" ns3:_="">
+    <xsd:import namespace="8e62c65f-9b18-46aa-8570-83d504000930"/>
+    <xsd:import namespace="f8463c38-1467-44a6-8107-ad753b38574d"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8e62c65f-9b18-46aa-8570-83d504000930" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="11" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="12" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="15" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="16" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="c2ad0ed6-49f7-4975-8566-ed76e6e6f6cc" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="23" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f8463c38-1467-44a6-8107-ad753b38574d" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="20" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{331e7f24-2f90-4a13-9acb-a968b65f5d00}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="f8463c38-1467-44a6-8107-ad753b38574d">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="8e62c65f-9b18-46aa-8570-83d504000930">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="f8463c38-1467-44a6-8107-ad753b38574d" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D6C28B5-24ED-481D-A70E-524146CFFD17}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="8e62c65f-9b18-46aa-8570-83d504000930"/>
+    <ds:schemaRef ds:uri="f8463c38-1467-44a6-8107-ad753b38574d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C814570-54BD-4CDE-8678-841021C1FA24}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14D6EAC3-398C-452D-894F-4336489270B2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="f8463c38-1467-44a6-8107-ad753b38574d"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="8e62c65f-9b18-46aa-8570-83d504000930"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>13</Pages>
-[...1 lines deleted...]
-  <Characters>10909</Characters>
+  <Pages>15</Pages>
+  <Words>2994</Words>
+  <Characters>17070</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>90</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>142</Lines>
+  <Paragraphs>40</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12797</CharactersWithSpaces>
+  <CharactersWithSpaces>20024</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rebecca Tailby</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101002D94A8F844130E4C97B98697F5185441</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>